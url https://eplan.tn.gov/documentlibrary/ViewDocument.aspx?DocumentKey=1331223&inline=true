--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -246,145 +246,141 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
 <p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cmAuthor id="1" name="Brinn Obermiller" initials="BO" lastIdx="6" clrIdx="0">
-[...4 lines deleted...]
-  </p:cmAuthor>
+  <p:cmAuthor id="1" name="Brinn Obermiller" initials="BO" lastIdx="6" clrIdx="0"/>
+  <p:cmAuthor id="2" name="Geneva Taylor" initials="GT" lastIdx="6" clrIdx="1"/>
   <p:cmAuthor id="3" name="Hannah McIntosh" initials="HM" lastIdx="7" clrIdx="2"/>
 </p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="87687" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="99" d="100"/>
+          <a:sy n="99" d="100"/>
         </p:scale>
-        <p:origin x="288" y="72"/>
+        <p:origin x="276" y="56"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="54" d="100"/>
           <a:sy n="54" d="100"/>
         </p:scale>
         <p:origin x="2820" y="78"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -429,51 +425,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7464E213-8F3B-44C1-AEE8-8A41C7E4574C}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -598,51 +594,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4B38B3F6-0CE9-41E2-A5A3-E220D8B77051}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -662,82 +658,81 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
@@ -1068,51 +1063,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -1175,51 +1170,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -1282,51 +1277,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -1389,51 +1384,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -1496,51 +1491,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -2006,64 +2001,63 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Be sure to thank</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t> families for their time.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Move this slide to the end if additional slides are added.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -2104,61 +2098,61 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>For more information</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
               <a:t> see: https://www.tn.gov/education/data/accountability/2017-school-accountability.html </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>36</a:t>
             </a:fld>
@@ -2219,51 +2213,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>OPTIONAL SLIDE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{99A01736-5FBA-4C56-8655-0B838380222B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
@@ -2362,131 +2356,144 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="6334316"/>
             <a:ext cx="12192000" cy="66484"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="758952"/>
             <a:ext cx="10058400" cy="3566160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
               <a:defRPr sz="5400" spc="-50" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Georgia" panose="02040502050405020303" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100051" y="4455621"/>
             <a:ext cx="10058400" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
@@ -2512,85 +2519,84 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1896243" y="6401023"/>
             <a:ext cx="8460474" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1100" b="1" i="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Connector 8"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207658" y="4343400"/>
             <a:ext cx="9875520" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="50000"/>
                 <a:lumOff val="50000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
@@ -2598,170 +2604,163 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2226015482"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert" lIns="45720" tIns="0" rIns="45720" bIns="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6FCCB052-2EB6-4C23-97A3-852E0D5D16D6}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2893,132 +2892,132 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="412302"/>
             <a:ext cx="2628900" cy="5759898"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="412302"/>
             <a:ext cx="7734300" cy="5759898"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" lIns="45720" tIns="0" rIns="45720" bIns="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{49819EF0-2ABF-4718-860B-25DEDE8F505F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3078,54 +3077,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="4400">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="457200" indent="-457200">
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr sz="2200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -3146,103 +3144,102 @@
               <a:defRPr sz="2000">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="966788" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr sz="2000">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1206500" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr sz="2000">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7D89C1D5-2B3A-4549-AD89-056D591A9B50}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -3357,57 +3354,50 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2002908927"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -3429,131 +3419,144 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="6334316"/>
             <a:ext cx="12188825" cy="64008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="758952"/>
             <a:ext cx="10058400" cy="3566160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
               <a:defRPr sz="5400" b="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Georgia" panose="02040502050405020303" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="4453128"/>
             <a:ext cx="10058400" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
@@ -3628,74 +3631,74 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0D293961-5508-4105-9E76-048920C42FE6}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3870,251 +3873,244 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="564313325"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1845734"/>
             <a:ext cx="4937760" cy="4023359"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="1845735"/>
             <a:ext cx="4937760" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{09C6EF12-5C40-477E-ACB9-83FC221E3E92}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4129,99 +4125,92 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1504061505"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1846052"/>
             <a:ext cx="4937760" cy="736282"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="ctr">
             <a:normAutofit/>
@@ -4249,107 +4238,107 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="2582335"/>
             <a:ext cx="4937760" cy="3286760"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="1846052"/>
             <a:ext cx="4937760" cy="736282"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440" anchor="ctr">
             <a:normAutofit/>
@@ -4377,131 +4366,131 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6217920" y="2582334"/>
             <a:ext cx="4937760" cy="3286760"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4D4728FE-7D17-4B40-8E02-FEC87CD3EBE5}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4552,75 +4541,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2A7D3BD5-59AB-4A34-AB26-4717B345B9A3}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4748,51 +4737,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7D339923-B1D9-4489-A159-4E70B4CC19CD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1100" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -4944,108 +4933,108 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="594359"/>
             <a:ext cx="3200400" cy="2286000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600" b="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="731520"/>
             <a:ext cx="6492240" cy="5257800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2926080"/>
             <a:ext cx="3200400" cy="3379124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" rIns="91440">
             <a:normAutofit/>
@@ -5073,83 +5062,83 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="465512" y="6459785"/>
             <a:ext cx="2618510" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D2A8E0C1-420F-451F-97BF-2F3DB7AE854F}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="6459785"/>
             <a:ext cx="4648200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -5312,51 +5301,51 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="5074920"/>
             <a:ext cx="10113645" cy="822960"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr tIns="0" bIns="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3600" b="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="0"/>
             <a:ext cx="12191985" cy="4915076"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="90000"/>
             </a:schemeClr>
@@ -5382,51 +5371,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click icon to add picture</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="5907024"/>
             <a:ext cx="10113264" cy="594360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="0" rIns="91440" bIns="0">
             <a:normAutofit/>
@@ -5460,74 +5449,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{234AF5B0-9B63-4822-8565-36C65C8088BC}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5608,218 +5597,230 @@
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="6334316"/>
             <a:ext cx="12188825" cy="64008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="1450757"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1845734"/>
             <a:ext cx="10058400" cy="4023360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="0" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="6459785"/>
             <a:ext cx="2472271" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{85AAA0C0-4914-4A4C-A380-48F2C02D8E06}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5/21/2018</a:t>
+              <a:t>11/25/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3686185" y="6459785"/>
             <a:ext cx="4822804" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5917,57 +5918,50 @@
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1136444218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483913" r:id="rId1"/>
     <p:sldLayoutId id="2147483914" r:id="rId2"/>
     <p:sldLayoutId id="2147483915" r:id="rId3"/>
     <p:sldLayoutId id="2147483916" r:id="rId4"/>
     <p:sldLayoutId id="2147483917" r:id="rId5"/>
     <p:sldLayoutId id="2147483918" r:id="rId6"/>
     <p:sldLayoutId id="2147483919" r:id="rId7"/>
     <p:sldLayoutId id="2147483920" r:id="rId8"/>
     <p:sldLayoutId id="2147483921" r:id="rId9"/>
     <p:sldLayoutId id="2147483922" r:id="rId10"/>
     <p:sldLayoutId id="2147483923" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="85000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4800" kern="1200" spc="-50" baseline="0">
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:lumMod val="75000"/>
               <a:lumOff val="25000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="Georgia" panose="02040502050405020303" pitchFamily="18" charset="0"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
@@ -6364,51 +6358,51 @@
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tn.gov/content/tn/education/instruction/academic-standards.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tn.gov/education/districts/academic-standards.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -6486,1189 +6480,1086 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="6600" dirty="0">
                 <a:latin typeface="Georgia" panose="02040502050405020303" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Conducting the Annual Title I Meeting</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="6600" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Subtitle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>A Template for districts and schools</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="TDOE logo" title="TDOE logo"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="177886" y="5147352"/>
             <a:ext cx="2112233" cy="1152127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3404880047"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Keys To Success</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Offer the meeting at least twice and at different times of day to maximize the number of families able to participate.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Advertise and invite families to the meeting in at least three different ways (e.g. flyers, newsletters, website, school marquee, phone calls, emails, etc.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>If necessary, hold one of the meetings in a convenient community location, such as a library, church, or apartment complex.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Consider and plan for barriers to family attendance, such as transportation, meals, and childcare. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Be sure to have translators and translated documents available for non-English speaking families. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394744194"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Keys To Success</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>As you conduct the meeting, consider the following suggestions to help the meeting run smoothly and effectively:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Begin by welcoming the families to the meeting. If there is a school administrator in attendance, they may want to conduct a brief introduction.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Conduct a short “icebreaker” activity to get families to talk and interact with each other.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Throughout the meeting, invite families to actively share their questions and thoughts. Record these on a board or flip chart. Revisit these questions and issues at the end of the workshop, and discuss whether and how they have been addressed.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Avoid technical talk and “education-ese.” If you need to use a technical term, explain it simply the first time you use it.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="556792371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Slides 11-29</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Slides to share with Families during the meeting</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601187749"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100051" y="329744"/>
             <a:ext cx="10058400" cy="3566160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Insert school year] </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+            <a:br>
+              <a:rPr lang="en-US" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...5 lines deleted...]
-              </a:rPr>
             </a:br>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="6000" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Title I &amp; Family Engagement Meeting</a:t>
+              <a:t>Annual Title I &amp; Family Engagement Meeting</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1100051" y="4455620"/>
             <a:ext cx="10058400" cy="1487979"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" cap="none" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Insert school name]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" cap="none" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Insert meeting date]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" cap="none" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Insert principal’s name]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" cap="none" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8581053" y="5943599"/>
             <a:ext cx="3610947" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Insert date of latest revision]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3044486221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Why are we here?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The Every Student Succeeds Act (ESSA) requires that each Title I school hold an annual meeting of Title I families in order to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>inform you of your school’s participation in Title I,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>explain the requirements of Title I, and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>explain your rights as parents and family members to be involved.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2902294818"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What will I learn?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr numCol="2">
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What is a Title I school?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What are my rights?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What can Title I funds be used for?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>How does our school use Title I funds</a:t>
-[...7 lines deleted...]
-              <a:t>?</a:t>
+              <a:t>How does our school use Title I funds?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What is the SIP?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What are our schoolwide program goals?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>How is parent and family engagement funded?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What is the Parent and Family Engagement Policy?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...25 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>What is the School-Parent Compact?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What curriculum does our school use?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What tests will my child be taking?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>How can I be involved?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Who can I contact for help?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Add other topics as needed, including optional slides]</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 2" descr="list" title="list"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5961723" y="1845732"/>
             <a:ext cx="5118169" cy="4398547"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="0" bIns="45720" rtlCol="0">
@@ -7942,871 +7833,665 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="184857935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What is a Title I school?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...41 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Title I was passed in 1965 under the Elementary and Secondary Education Act (ESEA). It is the largest federal assistance program for our nation’s schools. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Title I schools receive extra funding (Title I dollars) from the federal government. These dollars are used to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>identify students experiencing academic difficulties and provide assistance to help these students;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>purchase additional staff, programs, materials, and/or supplies; and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>conduct parent and family engagement meetings, trainings, events, and/or activities.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2773137600"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What are my rights?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="535709" y="1845734"/>
             <a:ext cx="11231417" cy="4398048"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The families and parents of Title I students have a right, by law, to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>be involved in decisions made at both the school and district level;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>be provided with information on your child’s level of achievement on tests in reading/language arts, writing, mathematics, and science;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>request and receive information on the qualifications of your child’s teacher and paraprofessionals who are working with your child </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert information about how families can request this information];</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>request opportunities for regular meetings to formulate suggestions and to participate, as appropriate, in decisions about the education of your child. The school is required to respond to any such suggestions as soon as practicably possible.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4207471724"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What can Title I funds be used for?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>In general, Title I funds my be used for:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>smaller class sizes,</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>teachers and </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>additional teachers and paraprofessionals,</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>training for school </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>additional training for school staff,</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>time for instruction </a:t>
-[...29 lines deleted...]
-            </a:endParaRPr>
+              <a:t>extra time for instruction (before and/or after school programs),</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>p</a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>parent and family engagement activities, and/or</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>variety of supplemental teaching materials, equipment, and </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>a variety of supplemental teaching materials, equipment, and technology.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1622746381"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>o</a:t>
-[...21 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>How does our school use Title I funds?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="637309" y="1845734"/>
             <a:ext cx="11166763" cy="4453466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -8832,864 +8517,749 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, our school was allotted approximately $</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[enter amount] </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>in Title I funding. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>We developed a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Program</a:t>
-[...16 lines deleted...]
-            </a:r>
+              <a:t>Schoolwide Program</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, which means we plan to spend our funds on the following:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Supplemental staff:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4">
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>[List positions, not names]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...4 lines deleted...]
-              <a:t>Supplemental staff:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Programs/Materials/Supplies:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>[List positions, not names]</a:t>
+              <a:t>[List programs/materials/supplies]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...4 lines deleted...]
-              <a:t>Programs/Materials/Supplies:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Teacher Professional Development:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...31 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[List uses]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="920750" lvl="4" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[The above is a list of options, please add and delete content as needed]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3038112167"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Slides 3-9</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Information and Instructions for district and school Use</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3818626375"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>What is the SIP?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The SIP is the School Improvement Plan. It includes:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>t</a:t>
-[...7 lines deleted...]
-              <a:t>of the school planning team and how they will be engaged in the planning process;</a:t>
+              <a:t>the identification of the school planning team and how they will be engaged in the planning process;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>a needs assessment and summary of academic and non-academic data;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>prioritized goals, strategies, and action steps </a:t>
-[...15 lines deleted...]
-              <a:t>of students;</a:t>
+              <a:t>prioritized goals, strategies, and action steps to help address the academic and non-academic needs of students;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>t</a:t>
-[...7 lines deleted...]
-              <a:t>development needs; and</a:t>
+              <a:t>teacher and staff professional development needs; and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>b</a:t>
-[...12 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>budgets and the coordination of resources.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The school must include family representatives on our school planning team.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="863600" lvl="4" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[NOTE: While families </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>must</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> be involved in the SIP process, the school can determine who is involved and does not have to include all families. It is, however, best practice to have family representation on the SIP team that reflects the population and diversity of the school community.] </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3940274524"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What are our schoolwide program goals?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[List goals from the SIP in family-friendly language]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1646935380"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How is parent and family engagement funded?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Any district with a Title I allocation exceeding $500,000 is required by law to set aside 1% of it’s Title I allocation for parent and family engagement.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Of that 1%, 10% may be reserved at the district for system-wide initiatives related to parent and family engagement.  The remaining 90% must be allocated to all Title I schools in the district.  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>You, as Title I parents and family members, have the right to be involved in how this money is spent.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="664044592"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -9706,499 +9276,451 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>How is parent and family engagement funded?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>In</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert school year]</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, we received approximately $</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert amount]</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>in parent and family engagement funding. We plan to use these funds for:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Parent and Family Engagement Meeting and Events</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[List meetings and events with dates]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Materials/Supplies</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[List materials and supplies (e.g. food for meetings, supplies for meetings &amp; events, etc.)]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="920750" lvl="4" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[The above is a list of options, please add and delete content as needed]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3013493682"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>E</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is a Parent and Family Engagement Policy?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="424873" y="1845734"/>
             <a:ext cx="11508509" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>These plans address how the district and school will implement the parent and family engagement requirements of ESSA.  Components should include:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>how parents and families can be involved in decision-making and activities; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>how parent and family engagement funds are being used;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>how information and training will be provided to families; and </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>how the school will build capacity in families and staff for strong parent and family engagement.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>You, as a Title I parent or family member, have the right to be involved in the development of these plans.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4114973093"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>E</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is a Parent and Family Engagement Policy?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="424873" y="1845734"/>
             <a:ext cx="11508509" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -10250,441 +9772,369 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>. In addition, the policy can be found here:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Insert web link, and list any other places families can find the policy]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2935590224"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>a</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is a School-Parent Compact?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="480291" y="1845733"/>
             <a:ext cx="11379200" cy="4258183"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...25 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A school-parent compact is a written commitment that outlines how the entire school community – teachers, families, and students will share the responsibility for improved academic achievement.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The compact must describe how the school will:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>provide high-quality curriculum and instruction;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>hold parent-teacher conferences, annually in elementary schools; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>provide parents with reports on their child’s progress;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>provide parents reasonable access to staff. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>p</a:t>
-[...7 lines deleted...]
-              <a:t>rovide parents opportunities to volunteer; and</a:t>
+              <a:t>provide parents opportunities to volunteer; and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ensure regular two-way meaningful communication between family members and staff, to the extent practicable, in a language family members can understand.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>You, as a Title I parent or family member, have the right to be involved in the development of the compact.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="664315965"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>a</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is a School-Parent Compact?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="480291" y="1845733"/>
             <a:ext cx="11379200" cy="4258183"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -10710,252 +10160,238 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>In addition, the compact can be found here:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Insert web link, and list any other places families can find the compact]</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="427438756"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What curriculum does our school use?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The Tennessee Academic Standards provide a common set of expectations for what students will know and be able to do at the end of a grade for each subject area. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Tennessee's academic standards form the framework for everything taught at </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[insert school name]. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>For more information about Tennessee’s academic standards, see:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="598043" lvl="3" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>https://www.tn.gov/content/tn/education/instruction/academic-standards.html</a:t>
-[...13 lines deleted...]
-              <a:buChar char="§"/>
+              <a:t>Academic Standards</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="3" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Add content and additional slides as needed to explain the school’s curriculum and provide relevant resources to families.]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -10971,753 +10407,623 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1323529419"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>What </a:t>
-[...58 lines deleted...]
-              <a:rPr lang="en-US" sz="4400" dirty="0" smtClean="0">
+              <a:t>What tests will my child be taking</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4400" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Required: add content to describe the forms of academic assessment used to measure student progress]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Required: provide information about the proficiency levels students are expected to meet]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Optional:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Provide information about the current achievement levels of the school </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Provide a testing calendar/schedule </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Provide assessment resources, such as websites and assessment guides]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="343912562"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How To Use This Template</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>This PowerPoint template can be utilized by districts and schools as they plan and conduct their annual Title I meeting.  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Slides 3-9 contain instructions and information for the district/school and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>should not be shared with families</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Slides 11-30 should be shared with families </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>at the meeting and contain all required information.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Slides 32-33 are optional, but contain information that may be useful to families.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Slides 34-38 are also optional, but describe the benefits of family engagement and contain some activities that may encourage conversation and the generation of ideas.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2814599422"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How can I be involved?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="678731" y="1845733"/>
             <a:ext cx="11010506" cy="3961177"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>We need you! Research has proven that family engagement in education has more impact on student achievement than any other factor.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>To </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+              <a:t>To get involved with the SIP, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>get involved with the SIP, </a:t>
-[...21 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>[insert information on how families can be involved: who to contact, committees to join, meetings, events, surveys, etc.]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>To get involved with the Parent and Family Engagement Policy, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[insert information on how families can be involved: who to contact, committees to join, meetings, events, surveys, etc.]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>To </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+              <a:t>To get involved with the School Parent Compact, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>get involved with the School Parent Compact, </a:t>
-[...19 lines deleted...]
-              <a:t>.]</a:t>
+              <a:t>[insert information on how families can be involved: who to contact, committees to join, meetings, events, surveys, etc.]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Add content as needed. SIP information is optional as </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>all</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> families to not have to be involved.]</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -11738,345 +11044,262 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1558384922"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>i</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>How can I be involved?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="618836" y="1845734"/>
             <a:ext cx="11111346" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Use the next few slides to begin a discussion </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>about</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> other ways families can be involved in the education of their student. Examples may include, but are not limited to:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>e</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>encouraging attendance;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ncouraging attendance;</a:t>
+              <a:t>monitoring grades and schoolwork on an online system or portal;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>m</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>attending family events and meetings (provide </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>onitoring grades and schoolwork on an online system or portal;</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="2"/>
+              <a:t>specific dates </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>a</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>when possible);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ttending family events and meetings (provide </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:t>observing or volunteering in classrooms;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>specific dates </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>joining family groups and committees (e.g., PTA/PTO, advisory councils, etc.); and</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>when possible);</a:t>
-[...68 lines deleted...]
-              <a:t>eading school/classroom newsletters or websites and that contain examples of learning activities families can do with students at home.]</a:t>
+              <a:t>reading school/classroom newsletters or websites and that contain examples of learning activities families can do with students at home.]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[The school may choose to include other examples of family engagement tailored to their community]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -12084,145 +11307,122 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4022524656"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>i</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>How can I be involved?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Delete slide or add content as appropriate]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -12230,430 +11430,391 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2943749475"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>h</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>Who can I contact for help?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For general questions, call the front office at: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert phone number]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>To reach the principal, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[add name], </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>call: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert phone number]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>To reach the school counselor, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>[add </a:t>
-[...10 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>[add name], </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>call: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert phone number]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>To reach our family liaison, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>[add name</a:t>
-[...10 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:t>[add name], </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>call: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert phone number]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>To reach your child’s teacher, call the front office or view our staff directory at: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[insert website]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Delete and add contacts as needed]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2621130425"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="561459" y="1304790"/>
             <a:ext cx="10813986" cy="2954655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6600" b="1" cap="none" spc="0" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="6600" b="1" cap="none" spc="0" dirty="0">
                 <a:ln w="22225">
                   <a:solidFill>
                     <a:schemeClr val="accent2"/>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                 </a:ln>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>WE JUST WANT TO SAY…</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="12000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="12000" b="1" dirty="0">
                 <a:ln w="22225">
                   <a:solidFill>
                     <a:schemeClr val="accent2"/>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>THANK YOU!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="12000" b="1" cap="none" spc="0" dirty="0">
               <a:ln w="22225">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
@@ -12681,164 +11842,148 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3692570966"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Slides 32-39</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Optional slides</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1392830151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12853,1671 +11998,1231 @@
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ur </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>chool’s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>d</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>esignation </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>tatus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="665019" y="1845734"/>
             <a:ext cx="11139054" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>In accordance with Tennessee’s accountability system, </a:t>
-[...23 lines deleted...]
-              <a:t>Education (TDOE) determines designations for all public schools. Designations include:</a:t>
+              <a:t>In accordance with Tennessee’s accountability system, the Tennessee Department of Education (TDOE) determines designations for all public schools. Designations include:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Reward </a:t>
-[...31 lines deleted...]
-              <a:t>schools.</a:t>
+              <a:t>Reward Schools </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- Reward schools include the top 10 percent of schools.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Priority </a:t>
-[...31 lines deleted...]
-              <a:t>state.</a:t>
+              <a:t>Priority Schools </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- Priority schools are the 5 percent of schools with the lowest success rates (using up to three years of data) in the state.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Focus </a:t>
-[...31 lines deleted...]
-              <a:t>three pathways:</a:t>
+              <a:t>Focus Schools </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- Focus schools are the 10 percent of schools identified through one of three pathways:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="6">
               <a:buClrTx/>
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Graduation Rate </a:t>
-[...19 lines deleted...]
-              <a:t>schools with an average graduation rate of less than 60 percent.</a:t>
+              <a:t>Graduation Rate Pathway - High schools with an average graduation rate of less than 60 percent.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="6">
               <a:buClrTx/>
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Subgroup </a:t>
-[...19 lines deleted...]
-              <a:t>subgroup with a success rate of less than ten percent.</a:t>
+              <a:t>Subgroup Pathway - Any subgroup with a success rate of less than ten percent.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="6">
               <a:buClrTx/>
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Gap </a:t>
-[...37 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Gap Pathway - Schools with the largest gaps between selected groups.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[Include information on the schools designation status]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1741515100"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:ea typeface="Batang" pitchFamily="18" charset="-127"/>
               </a:rPr>
-              <a:t>t</a:t>
-[...11 lines deleted...]
-              <a:t>he State Report Card?</a:t>
+              <a:t>the State Report Card?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>TDOE releases an annual Report Card on Tennessee schools. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...34 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This report displays state-, district-, and school-level data for each school year. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>It includes information on demographics, achievement, academic growth, attendance, graduation rate and more. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...36 lines deleted...]
-              <a:t>school.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>You can view the data statewide, or you can choose a specific district or school.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>You can view the report card here:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="598043" lvl="3" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>https</a:t>
-[...14 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>https://www.measuretn.gov:444/ReportCard/#/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2918587693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>e</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is parent and family engagement?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="452582" y="1903398"/>
             <a:ext cx="11228671" cy="3153794"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Family engagement is a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>shared responsibility </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>in which schools and other community agencies and organizations are committed to reaching out to engage families in meaningful ways and in which families are committed to actively supporting their children's learning and development.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Family engagement is </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>continuous</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> across a child’s life and entails enduring commitment but changing family roles as children mature into young adulthood.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Effective family engagement cuts across and reinforces learning in the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>multiple settings </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>where children learn – at home, in pre-kindergarten programs, in school, in after-school programs, in faith-based institutions, and in the community.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="317241" y="5831633"/>
             <a:ext cx="10338318" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Source</a:t>
-[...14 lines deleted...]
-              <a:t>https</a:t>
+              <a:t>Source: The National Association for Family, School, and Community Engagement (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>://</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:t>https://nafsce.site-ym.com/page/definition</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3"/>
-[...6 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>)  </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="151476486"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>e</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>What is parent and family engagement?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="733168" y="1903398"/>
             <a:ext cx="10948085" cy="3610994"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>effective communication with parents, teachers can have the greatest impact on their day-to-day success with students</a:t>
-[...39 lines deleted...]
-              <a:t>.”</a:t>
+              <a:t>“Through effective communication with parents, teachers can have the greatest impact on their day-to-day success with students. With parents on their side, teachers can more effectively manage most academic and behavioral issues that arise. When the most important adults in a child’s life are working together, students benefit enormously.”</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1471400" lvl="8" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>						—</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Lee </a:t>
-[...9 lines deleted...]
-              <a:t>and Marleen Canter</a:t>
+              <a:t>Lee and Marleen Canter</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1471400" lvl="8" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="102637" y="5906278"/>
             <a:ext cx="11318033" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Source: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Parents on your Side: A Teacher’s Guide to Creating Positive Relationships with Parents</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" i="1" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2598623475"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>How To Use This Template</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Districts and schools </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>should carefully edit and personalize slides </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>before use with families.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Make this presentation your own! Feel free to change the layout, create additional slides, and add pictures and school logos.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Text within red brackets</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[…]</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>should be edited for content and deleted.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="341543360"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Table Activity</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1845734"/>
             <a:ext cx="10226502" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -14528,723 +13233,462 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Partner with those at your table to discuss the following questions:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>What form of communication works best for you? </a:t>
-[...19 lines deleted...]
-              <a:t>face-to-face, etc.)</a:t>
+              <a:t>What form of communication works best for you? (e.g. phone calls, texts, emails, notes, face-to-face, etc.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What kinds of information do you most want to receive from the school?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>What might the school do differently to improve communication between school and home</a:t>
-[...9 lines deleted...]
-              <a:t>?</a:t>
+              <a:t>What might the school do differently to improve communication between school and home?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Add other discussion questions as needed]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Record your group’s thoughts on chart paper.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Be prepared to share!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1142818112"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>What are the benefits of family </a:t>
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:t>What are the benefits of family engagement?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="854684" y="1845733"/>
             <a:ext cx="3285250" cy="4023359"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>For students:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Higher grades and test </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Higher grades and test scores</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Better attendance</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>More </a:t>
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:t>More positive attitudes and better behavior</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Higher graduation </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Higher graduation rates</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Greater enrollment in postsecondary </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Greater enrollment in postsecondary education</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4483855" y="1845733"/>
             <a:ext cx="3285250" cy="4023359"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>For Parents and Families:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>More </a:t>
-[...37 lines deleted...]
-            </a:endParaRPr>
+              <a:t>More confidence and trust in the school</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Increased confidence in their parenting </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Increased confidence in their parenting skills</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Creates a </a:t>
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Creates a home environment that encourages learning</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Encourages </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Encourages families to form stronger relationships with teachers and other families</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buClrTx/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" u="sng" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Content Placeholder 3"/>
@@ -15252,237 +13696,152 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8135567" y="1840738"/>
             <a:ext cx="3284537" cy="4024312"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>For Schools and Teachers:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Improved teacher and staff morale</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Higher ratings </a:t>
-[...37 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Higher ratings of schools and teachers by families</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>More support from </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>More support from families</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Higher student </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Higher student achievement</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Increased and improved relationships within the community</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" u="sng" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -15524,62 +13883,57 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Table Activity</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
@@ -15610,153 +13964,109 @@
               <a:t>What are the strengths of your school and community?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>In what ways are your school, families, and community working together effectively?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>What </a:t>
-[...29 lines deleted...]
-              <a:t>, and the community do differently to work together more successfully? </a:t>
+              <a:t>What might schools, families, and the community do differently to work together more successfully? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>[Add other discussion questions as needed]</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Record your group’s thoughts on chart paper.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClrTx/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Be prepared to share!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
@@ -15786,116 +14096,87 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>How To Use This Template</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>To access hyperlinks, please view this presentation in “Slideshow” mode and click on the desired link.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>want </a:t>
-[...23 lines deleted...]
-              <a:t>email </a:t>
+              <a:t>We want our resources to be as helpful as possible for districts, and since this is the first iteration of this tool, we welcome feedback from those utilizing it. If you have questions or would like to provide feedback, please email </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>Brinn.Obermiller@tn.gov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -15903,758 +14184,694 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="111849973"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What is required?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1845734"/>
             <a:ext cx="10601384" cy="4300542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Each school receiving Title I, Part A funds is required to convene an annual meeting. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The purpose of this meeting is to inform parents and families of the school’s participation in the Title I program and the right of families to be involved. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The annual meeting for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>schoolwide programs </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>should include </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>all</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> of the parents and families of a Title I, Part A school.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The annual meeting for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>targeted assistance programs </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>should target and include </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>only</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> the families of the students identified to receive Title I, Part A services.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For questions and more information about the annual Title I meeting, see our       </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>Q &amp; A Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="451043231"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What is required?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="433633" y="1845733"/>
             <a:ext cx="11500701" cy="4423092"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The annual meeting should address, at a minimum:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>an explanation of the Title I, Part A program, including:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>an explanation of the school’s curriculum,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>information on the forms of academic assessment used to measure student progress, and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1700" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>information on the proficiency levels students are expected to meet;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>the Title I, Part A 1% set-aside and the families’ role in determining the distribution of funds;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>the district and school Parent and Family Engagement Policy;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>School-Parent Compact</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>; and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>the right of families to be involved and how they can support their child’s learning.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For more information on Parent and Family Engagement Policies and the School-Parent Compact, see our tools within the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Parent and Family Engagement Resources</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> folder in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>TDOE Resources</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1597872805"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Meeting Format</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="433633" y="1845733"/>
             <a:ext cx="11500701" cy="4423092"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Schools may choose to format their annual meeting however they see fit, as long as all required information is covered.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Promising practice in family engagement </a:t>
-[...31 lines deleted...]
-              <a:t>for </a:t>
+              <a:t>Promising practice in family engagement suggests that setting aside time in meetings for </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>open discussion and collaboration with families </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>helps to strengthen relationships between school and home. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...12 lines deleted...]
-              <a:t>has created sample meeting protocols and agendas for the annual Title I meeting. Resources are available for: </a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>TDOE has created sample meeting protocols and agendas for the annual Title I meeting. Resources are available for: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>traditional meeting format</a:t>
             </a:r>
             <a:r>
@@ -16711,325 +14928,295 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2324846948"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>NOTE: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Documenting Your Work</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Be sure to document that the meeting took place. Maintain an annual record of:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>meeting invitations and announcements (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>flyers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, emails, phone logs, etc.);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>sign-in sheets </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>with date, time, name, and participant’s title;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>detailed meeting agendas; and</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>minutes from the meeting, including suggestions and responses of families.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...23 lines deleted...]
-              <a:rPr lang="en-US" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>For samples of several of these documents, please see the Annual Title I Meeting resources within the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Parent and Family Engagement Resources </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>folder in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>TDOE Resources</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2956686667"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Retrospect">
   <a:themeElements>
     <a:clrScheme name="Custom 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="344068"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D9E0E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="1CADE4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="2683C6"/>
       </a:accent2>
@@ -17798,85 +15985,85 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>3576</Words>
+  <Words>3709</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>349</Paragraphs>
   <Slides>42</Slides>
   <Notes>14</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="49" baseType="lpstr">
+      <vt:lpstr>Batang</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Batang</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>Georgia</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Retrospect</vt:lpstr>
       <vt:lpstr>Conducting the Annual Title I Meeting</vt:lpstr>
       <vt:lpstr>Slides 3-9</vt:lpstr>
       <vt:lpstr>NOTE:  How To Use This Template</vt:lpstr>
       <vt:lpstr>NOTE:  How To Use This Template</vt:lpstr>
       <vt:lpstr>NOTE:  How To Use This Template</vt:lpstr>
       <vt:lpstr>NOTE:  What is required?</vt:lpstr>
       <vt:lpstr>NOTE:  What is required?</vt:lpstr>
       <vt:lpstr>NOTE:  Meeting Format</vt:lpstr>
       <vt:lpstr>NOTE:  Documenting Your Work</vt:lpstr>
       <vt:lpstr>NOTE:  Keys To Success</vt:lpstr>
       <vt:lpstr>NOTE:  Keys To Success</vt:lpstr>
       <vt:lpstr>Slides 11-29</vt:lpstr>
       <vt:lpstr>[Insert school year]  Annual Title I &amp; Family Engagement Meeting</vt:lpstr>
       <vt:lpstr>Why are we here?</vt:lpstr>
       <vt:lpstr>What will I learn?</vt:lpstr>
       <vt:lpstr>What is a Title I school?</vt:lpstr>
       <vt:lpstr>What are my rights?</vt:lpstr>
       <vt:lpstr>What can Title I funds be used for?</vt:lpstr>
       <vt:lpstr>How does our school use Title I funds?</vt:lpstr>
       <vt:lpstr>What is the SIP?</vt:lpstr>