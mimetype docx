--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1,1233 +1,1247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A27A3F" w:rsidRDefault="003E7D92" w:rsidP="00A27A3F">
+    <w:p w14:paraId="52EE71F8" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRDefault="003E7D92" w:rsidP="00A27A3F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Educational</w:t>
       </w:r>
       <w:r w:rsidR="001F14D8">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Service</w:t>
       </w:r>
       <w:r w:rsidR="00525DBA" w:rsidRPr="00FD0DC1">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
       <w:r w:rsidR="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ESP)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="008728E3" w:rsidRDefault="00A27A3F" w:rsidP="00A27A3F">
+    <w:p w14:paraId="209713B5" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="008728E3" w:rsidRDefault="00A27A3F" w:rsidP="00A27A3F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11430" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2723"/>
         <w:gridCol w:w="4922"/>
         <w:gridCol w:w="915"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="252"/>
         <w:gridCol w:w="694"/>
         <w:gridCol w:w="957"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w14:paraId="21DFD1CF" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="5EDBCDB6" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Student Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="316F997B" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="001C20BD" w:rsidP="001C20BD">
+          <w:p w14:paraId="215FDFC6" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="001C20BD" w:rsidP="001C20BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">State </w:t>
             </w:r>
             <w:r w:rsidR="003E7D92">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="76186B78" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w14:paraId="138DC586" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="2280A561" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Student Birthdate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="3C55300A" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="2B20B325" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="20855F2C" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="37A0CE76" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="2F1D568A" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w:rsidTr="001863E7">
+      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w14:paraId="2AD78716" w14:textId="77777777" w:rsidTr="001863E7">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00E206CD" w:rsidP="00E206CD">
+          <w:p w14:paraId="40DF73E8" w14:textId="433AD409" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00ED029F" w:rsidP="00E206CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">District </w:t>
+              <w:t>Local educational agency (LEA)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E206CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003D3ED0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>of Origin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="576E5708" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="3F0DC03F" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="0D9511C6" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00FD0DC1" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001863E7" w:rsidRPr="00F801C3" w:rsidTr="001863E7">
+      <w:tr w:rsidR="001863E7" w:rsidRPr="00F801C3" w14:paraId="1458C2EE" w14:textId="77777777" w:rsidTr="001863E7">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001863E7" w:rsidRPr="00EE10E9" w:rsidRDefault="00E206CD" w:rsidP="00E206CD">
+          <w:p w14:paraId="29662CA3" w14:textId="77777777" w:rsidR="001863E7" w:rsidRPr="00EE10E9" w:rsidRDefault="00E206CD" w:rsidP="00E206CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">School of Origin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001863E7" w:rsidRPr="00FD0DC1" w:rsidRDefault="001863E7" w:rsidP="00CA7278">
+          <w:p w14:paraId="4FCB344B" w14:textId="77777777" w:rsidR="001863E7" w:rsidRPr="00FD0DC1" w:rsidRDefault="001863E7" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001863E7" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
+          <w:p w14:paraId="41A1FB3C" w14:textId="77777777" w:rsidR="001863E7" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Race</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001863E7" w:rsidRPr="00FD0DC1" w:rsidRDefault="001863E7" w:rsidP="00CA7278">
+          <w:p w14:paraId="7E300C67" w14:textId="77777777" w:rsidR="001863E7" w:rsidRPr="00FD0DC1" w:rsidRDefault="001863E7" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="00525DBA" w:rsidRPr="00F801C3" w14:paraId="6678A14B" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
+          <w:p w14:paraId="2C3AF383" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date Records Requested</w:t>
             </w:r>
             <w:r w:rsidR="00E206CD">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="6C9CB444" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EE10E9" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00552DBE" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="52BC8013" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00552DBE" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1651" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00525DBA" w:rsidRPr="00552DBE" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
+          <w:p w14:paraId="248A3DFC" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00552DBE" w:rsidRDefault="00525DBA" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3ED0" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="003D3ED0" w:rsidRPr="00F801C3" w14:paraId="696AF3F7" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D3ED0" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
+          <w:p w14:paraId="3CD0B5A7" w14:textId="77777777" w:rsidR="003D3ED0" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date Records Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D3ED0" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
+          <w:p w14:paraId="2DD5A7BA" w14:textId="77777777" w:rsidR="003D3ED0" w:rsidRPr="00EE10E9" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D3ED0" w:rsidRPr="00552DBE" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
+          <w:p w14:paraId="78905F29" w14:textId="77777777" w:rsidR="003D3ED0" w:rsidRPr="00552DBE" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1651" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D3ED0" w:rsidRPr="00552DBE" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
+          <w:p w14:paraId="559FAADE" w14:textId="77777777" w:rsidR="003D3ED0" w:rsidRPr="00552DBE" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043E46" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="00043E46" w:rsidRPr="00F801C3" w14:paraId="4BFB8867" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="006147FB" w:rsidP="00F22BCA">
+          <w:p w14:paraId="471E4B75" w14:textId="77777777" w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="006147FB" w:rsidP="00F22BCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name of Juvenile Detention Center (JDC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
+          <w:p w14:paraId="7041A397" w14:textId="77777777" w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="006147FB" w:rsidP="00F22BCA">
+          <w:p w14:paraId="212DBAC3" w14:textId="0A0EA15F" w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="00ED029F" w:rsidP="00F22BCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>District</w:t>
+              <w:t>LEA</w:t>
             </w:r>
             <w:r w:rsidR="00F22BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of JDC </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1651" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00FD0DC1" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
+          <w:p w14:paraId="72629BAF" w14:textId="77777777" w:rsidR="00043E46" w:rsidRPr="00FD0DC1" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043E46" w:rsidRPr="00F801C3" w:rsidTr="00352215">
+      <w:tr w:rsidR="00043E46" w:rsidRPr="00F801C3" w14:paraId="0F32F951" w14:textId="77777777" w:rsidTr="00352215">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
+          <w:p w14:paraId="0BACACC4" w14:textId="77777777" w:rsidR="00043E46" w:rsidRDefault="003D3ED0" w:rsidP="003D3ED0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Entry to JDC</w:t>
             </w:r>
             <w:r w:rsidR="00F22BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4922" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
+          <w:p w14:paraId="7A6C8A68" w14:textId="77777777" w:rsidR="00043E46" w:rsidRPr="00EE10E9" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
+          <w:p w14:paraId="3106A241" w14:textId="77777777" w:rsidR="00043E46" w:rsidRDefault="003D3ED0" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date Instruction Began</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1651" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00043E46" w:rsidRPr="00FD0DC1" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
+          <w:p w14:paraId="668B75CC" w14:textId="77777777" w:rsidR="00043E46" w:rsidRPr="00FD0DC1" w:rsidRDefault="00043E46" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w:rsidTr="006344C2">
+      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w14:paraId="3BC265CE" w14:textId="77777777" w:rsidTr="006344C2">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="3193429D" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t># of Credits Student Entered with:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8707" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="796F3E9F" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w:rsidTr="003A0A97">
+      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w14:paraId="0936DF5B" w14:textId="77777777" w:rsidTr="003A0A97">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="2BC8560C" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Does the student have an IEP</w:t>
             </w:r>
             <w:r w:rsidR="0089680D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or 504 plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8707" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="3F99C567" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w:rsidTr="00314ED1">
+      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w14:paraId="13E641AD" w14:textId="77777777" w:rsidTr="00314ED1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="19235EDB" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is he/she an English learner?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00CA7278">
+          <w:p w14:paraId="7CFAC541" w14:textId="0C004BAA" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(if yes, student should also have an ILP)</w:t>
+              <w:t xml:space="preserve">(if yes, </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6F96">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>student should also have an ILP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8707" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="3B6E5CAE" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w:rsidTr="000C06A8">
+      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w14:paraId="2BF46198" w14:textId="77777777" w:rsidTr="000C06A8">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="037241C0" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JDC Point of Contact (POC): EMAIL AND PHONE #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8707" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="51510331" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w:rsidTr="00FC4632">
+      <w:tr w:rsidR="00552DBE" w:rsidRPr="00F801C3" w14:paraId="64231A53" w14:textId="77777777" w:rsidTr="00FC4632">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRDefault="008728E3" w:rsidP="00CA7278">
+          <w:p w14:paraId="5950C22F" w14:textId="0471F8D4" w:rsidR="00552DBE" w:rsidRDefault="00ED029F" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>District of Origin POC: Email and Phone #</w:t>
+              <w:t>LEA</w:t>
+            </w:r>
+            <w:r w:rsidR="008728E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Origin POC: Email and Phone #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8707" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
+          <w:p w14:paraId="0A36673C" w14:textId="77777777" w:rsidR="00552DBE" w:rsidRPr="00FD0DC1" w:rsidRDefault="00552DBE" w:rsidP="00CA7278">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C83499" w:rsidRDefault="00C83499" w:rsidP="008728E3">
+    <w:p w14:paraId="31B5BE77" w14:textId="77777777" w:rsidR="00C83499" w:rsidRDefault="00C83499" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00525DBA" w:rsidRPr="006147FB" w:rsidRDefault="00557317" w:rsidP="008728E3">
+    <w:p w14:paraId="2458ACAE" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="006147FB" w:rsidRDefault="00557317" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Student Schedule</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5D37" w:rsidRPr="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
+    <w:p w14:paraId="78E553B1" w14:textId="55D8C3FF" w:rsidR="00EB5D37" w:rsidRPr="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4741"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The ESP team should review the courses </w:t>
       </w:r>
       <w:r w:rsidR="001C20BD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1242,865 +1256,929 @@
         </w:rPr>
         <w:t xml:space="preserve">the student was enrolled prior to </w:t>
       </w:r>
       <w:r w:rsidR="001C20BD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>entering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the JDC and list t</w:t>
       </w:r>
       <w:r w:rsidR="00CA4D63">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>hem in the column labeled “Home District</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">hem in the column labeled “Home </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA77E7">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Courses</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C20BD">
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Courses</w:t>
+      </w:r>
+      <w:r w:rsidR="001C20BD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CA4D63">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the “Grades” column, the team should list the grades the student is entering with into the JDC.  </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4D63">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The team should then decide which courses he/she will be able to continue in</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0037793C">
+        <w:t xml:space="preserve">In the “Grades” column, the team should list the grades the student </w:t>
+      </w:r>
+      <w:r w:rsidR="001C615B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at the JDC and list those courses in the column labeled “Corresponding JDC Courses</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C20BD">
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4D63">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0037793C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0002585C">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C20BD">
+        <w:t xml:space="preserve">when </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4D63">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Emphasis should be placed on courses needed for graduation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552DBE">
+        <w:t xml:space="preserve">entering the JDC. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CA4D63">
+        <w:t>The team should then decide which courses he/she will be able to continue in</w:t>
+      </w:r>
+      <w:r w:rsidR="0037793C">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  The Final “Grades” column should reflect the grades the student has earned upon discharge.</w:t>
+        <w:t xml:space="preserve"> at the JDC and list those courses in the column labeled “Corresponding JDC Courses</w:t>
+      </w:r>
+      <w:r w:rsidR="001C20BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0037793C">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="001C20BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Emphasis should be placed on courses needed for graduation</w:t>
+      </w:r>
+      <w:r w:rsidR="00552DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="004532D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>inal “Grades” column should reflect the grades the student has earned upon discharge.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4315"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="602D95FB" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00CA4D63" w:rsidP="00CA7278">
+          <w:p w14:paraId="10C8AE41" w14:textId="1B306830" w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00CA4D63" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Home District</w:t>
+              <w:t xml:space="preserve">Home </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA77E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>LEA</w:t>
             </w:r>
             <w:r w:rsidR="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRDefault="00DA65D4" w:rsidP="00CA7278">
+          <w:p w14:paraId="7DD1BE50" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRDefault="00DA65D4" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Course Average</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00D00F6A" w:rsidP="00CA7278">
+          <w:p w14:paraId="727F06EF" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00D00F6A" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Corresponding JDC Courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRDefault="00DA65D4" w:rsidP="00CA7278">
+          <w:p w14:paraId="0E39F30B" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRDefault="00DA65D4" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Course Average</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="1CC3CA33" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="4FDFA5BC" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="000D7941" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="51E5F82F" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="7E6F0993" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="04CF38D4" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="3DD68D83" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="1E30CE50" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="516786FD" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="0BB26D08" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="570D8C91" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="07D513F3" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="6AFFB793" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="6F326C33" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="7C6DCCA5" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="1B50DA58" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="76DF4D69" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="146B0AAD" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="69854791" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="391772C6" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="539ADB63" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="71A41290" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="6FA9BD49" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="5DCF9B5E" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="00885D1D" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="0A68CD99" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="0DC2417E" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="3E691B8E" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="6152F4C5" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="46850FC5" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="79BAC91C" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F6A" w:rsidTr="00D00F6A">
+      <w:tr w:rsidR="00D00F6A" w14:paraId="55CF83C4" w14:textId="77777777" w:rsidTr="00D00F6A">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="70573E3C" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="5DFB7E3A" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="14266FC8" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D00F6A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
+          <w:p w14:paraId="219B1709" w14:textId="77777777" w:rsidR="00D00F6A" w:rsidRPr="00D00F6A" w:rsidRDefault="00D00F6A" w:rsidP="00D00F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A412BA" w:rsidRDefault="00A412BA" w:rsidP="00A412BA">
+    <w:p w14:paraId="14FEEBB2" w14:textId="77777777" w:rsidR="00A412BA" w:rsidRDefault="00A412BA" w:rsidP="00A412BA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006147FB" w:rsidRDefault="006147FB">
+    <w:p w14:paraId="12A4B7F3" w14:textId="77777777" w:rsidR="006147FB" w:rsidRDefault="006147FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5D37" w:rsidRPr="006147FB" w:rsidRDefault="00A412BA" w:rsidP="008728E3">
+    <w:p w14:paraId="5431A62A" w14:textId="77777777" w:rsidR="00EB5D37" w:rsidRPr="006147FB" w:rsidRDefault="00A412BA" w:rsidP="008728E3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Course Changes</w:t>
       </w:r>
       <w:r w:rsidR="00544778" w:rsidRPr="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00544778" w:rsidRPr="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00525DBA" w:rsidRPr="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
+    <w:p w14:paraId="0FC07EA4" w14:textId="77777777" w:rsidR="00525DBA" w:rsidRPr="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The ESP team should make note of any changes in courses and provide an explanation for why the course was changed and how the team will plan to keep the student on track to earn enough credits for the </w:t>
       </w:r>
       <w:r w:rsidR="001C20BD">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2124,215 +2202,215 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00544778" w:rsidRPr="00544778">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544778" w:rsidTr="00200262">
+      <w:tr w:rsidR="00544778" w14:paraId="2F22E416" w14:textId="77777777" w:rsidTr="00200262">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRPr="000D7941" w:rsidRDefault="00EB5D37" w:rsidP="00C44DAA">
+          <w:p w14:paraId="66C703D6" w14:textId="77777777" w:rsidR="00544778" w:rsidRPr="000D7941" w:rsidRDefault="00EB5D37" w:rsidP="00C44DAA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Unavailable </w:t>
             </w:r>
             <w:r w:rsidR="00544778">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRPr="000D7941" w:rsidRDefault="00EB5D37" w:rsidP="00CA7278">
+          <w:p w14:paraId="7BEB13A9" w14:textId="77777777" w:rsidR="00544778" w:rsidRPr="000D7941" w:rsidRDefault="00EB5D37" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Reason for Change</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00EB5D37" w:rsidP="001C20BD">
+          <w:p w14:paraId="045E4252" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00EB5D37" w:rsidP="001C20BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:r w:rsidR="001C20BD">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Substitution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544778" w:rsidTr="00200262">
+      <w:tr w:rsidR="00544778" w14:paraId="4F213AC6" w14:textId="77777777" w:rsidTr="00200262">
         <w:trPr>
           <w:trHeight w:val="2672"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778" w:rsidP="00C44DAA"/>
+          <w:p w14:paraId="6894DE7B" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778" w:rsidP="00C44DAA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="00CA7278">
+          <w:p w14:paraId="32280141" w14:textId="77777777" w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="43C4FC05" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="77052ABF" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="1C45E6E9" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="40B8467F" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="78754568" w14:textId="77777777" w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="45F4ADBA" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="56B997A7" w14:textId="77777777" w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="28FBCEC4" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778" w:rsidP="0037793C"/>
+          <w:p w14:paraId="5F37FAA9" w14:textId="77777777" w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="01980DD9" w14:textId="77777777" w:rsidR="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
+          <w:p w14:paraId="4157F940" w14:textId="77777777" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C" w:rsidP="0037793C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778" w:rsidP="00CA7278">
+          <w:p w14:paraId="6701E7A9" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778" w:rsidP="00CA7278">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006147FB" w:rsidRDefault="006147FB" w:rsidP="008728E3">
+    <w:p w14:paraId="48D8ABD9" w14:textId="77777777" w:rsidR="006147FB" w:rsidRDefault="006147FB" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="3B458F94" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Method of Instruction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRPr="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="76A2023F" w14:textId="77777777" w:rsidR="00804A45" w:rsidRPr="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00804A45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please describe the method of instruction (in person, online, etc.) that will be provided to the student and how many hours of instruction will be provided per day. (</w:t>
       </w:r>
       <w:r w:rsidR="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">There </w:t>
       </w:r>
       <w:r w:rsidRPr="00804A45">
@@ -2347,580 +2425,645 @@
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00804A45">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804A45" w:rsidTr="00B05866">
+      <w:tr w:rsidR="00804A45" w14:paraId="2E7389F6" w14:textId="77777777" w:rsidTr="00B05866">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="403D10CA" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="01B9F06D" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="55492D4F" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="735C13E1" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006147FB" w:rsidRDefault="006147FB" w:rsidP="008728E3">
+    <w:p w14:paraId="21807983" w14:textId="77777777" w:rsidR="006147FB" w:rsidRDefault="006147FB" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
+    <w:p w14:paraId="58C25395" w14:textId="77777777" w:rsidR="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Special Accommodations</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
+    <w:p w14:paraId="320D4F6D" w14:textId="77777777" w:rsidR="00EB5D37" w:rsidRDefault="00EB5D37" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please note any special accommodations or factors the team discussed in ensuring the student is receiving an appropriate education.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804A45" w:rsidTr="00B05866">
+      <w:tr w:rsidR="00804A45" w14:paraId="491A6799" w14:textId="77777777" w:rsidTr="00B05866">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="43ACC956" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="56B4BFAF" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="6F2A7570" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="4AE833DC" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="150528E8" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003247BA" w:rsidRDefault="00544778" w:rsidP="008728E3">
+    <w:p w14:paraId="01FF1B56" w14:textId="77777777" w:rsidR="003247BA" w:rsidRDefault="00544778" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00544778">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Teacher Comments</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C">
+    <w:p w14:paraId="32C8578F" w14:textId="531B80FE" w:rsidR="0037793C" w:rsidRPr="0037793C" w:rsidRDefault="0037793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon discharge from the JDC, </w:t>
       </w:r>
       <w:r w:rsidR="00200262">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>teacher should note any comments or relevant informati</w:t>
       </w:r>
       <w:r w:rsidR="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>on that will assist the home district</w:t>
+        <w:t xml:space="preserve">on that will assist the home </w:t>
+      </w:r>
+      <w:r w:rsidR="001B032D">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in planning for the student</w:t>
       </w:r>
       <w:r w:rsidR="00200262">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s education.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00544778" w:rsidTr="00544778">
+      <w:tr w:rsidR="00544778" w14:paraId="67AA095A" w14:textId="77777777" w:rsidTr="00544778">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778">
+          <w:p w14:paraId="4AD3CDF6" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778">
+          <w:p w14:paraId="3A912C03" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778">
+          <w:p w14:paraId="6E523A2A" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00544778" w:rsidRDefault="00544778">
+          <w:p w14:paraId="638E5D9C" w14:textId="77777777" w:rsidR="00544778" w:rsidRDefault="00544778">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="0135C02E" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="061A4934" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="397714FA" w14:textId="1CE540F0" w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________________________     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006147FB">
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5E93">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">             </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00557317">
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="006147FB">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00557317">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_____</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00557317">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00557317">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0037793C">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32D4C">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32D4C">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>____________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00557317">
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_    _____</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00557317">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">    _____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00CA4D63">
+    <w:p w14:paraId="286C8BED" w14:textId="1E09AD00" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00CA4D63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
-        <w:t>Home District R</w:t>
+        <w:t xml:space="preserve">Home </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43024">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>epresentative</w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
+      <w:r w:rsidR="00FD49C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
       <w:r w:rsidR="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006147FB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+      <w:r w:rsidR="00F86791">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD49C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86791">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
-        <w:t>Receiving District</w:t>
+        <w:t xml:space="preserve">Receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43024">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Representative</w:t>
       </w:r>
+      <w:r w:rsidR="00F86791">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:r w:rsidR="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
-        <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="6740DA2A" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="3DFE59A5" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
@@ -2934,51 +3077,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>_______________________________      ______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="0037793C">
+    <w:p w14:paraId="61C1E75B" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="0037793C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Student                                                  </w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F" w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
@@ -3019,686 +3162,774 @@
         </w:rPr>
         <w:t xml:space="preserve"> or Legal Guardian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="0089680D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="66D574C9" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="25EE1DFC" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRPr="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  _______</w:t>
       </w:r>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
+    <w:p w14:paraId="3B0113A8" w14:textId="77777777" w:rsidR="00A27A3F" w:rsidRDefault="00A27A3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A27A3F">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Facility Teacher</w:t>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  Date</w:t>
       </w:r>
       <w:r w:rsidR="006D1E33">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="335BD5F8" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="652C5EF0" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="006147FB" w:rsidP="008728E3">
+    <w:p w14:paraId="724300D7" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="006147FB" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Discharge</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRPr="008728E3" w:rsidRDefault="00804A45" w:rsidP="008728E3">
+    <w:p w14:paraId="0F842847" w14:textId="77777777" w:rsidR="00804A45" w:rsidRPr="008728E3" w:rsidRDefault="00804A45" w:rsidP="008728E3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008728E3">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The following information should be filled out when a student discharges from the JDC.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9265" w:type="dxa"/>
+        <w:tblW w:w="10710" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2723"/>
+        <w:gridCol w:w="4168"/>
         <w:gridCol w:w="6542"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w:rsidTr="00804A45">
+      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w14:paraId="39586BA4" w14:textId="77777777" w:rsidTr="00E366ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="4168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="5C09DC1F" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Discharge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="014E712D" w14:textId="77777777" w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w:rsidTr="00804A45">
+      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w14:paraId="394D2607" w14:textId="77777777" w:rsidTr="00E366ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="4168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="10265770" w14:textId="77777777" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t># of Credits Student Enters with:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="29F50EFF" w14:textId="77777777" w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w:rsidTr="00804A45">
+      <w:tr w:rsidR="00804A45" w:rsidRPr="00FD0DC1" w14:paraId="15826AC5" w14:textId="77777777" w:rsidTr="00E366ED">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:tcW w:w="4168" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="5FB8A8C4" w14:textId="43B6EC4A" w:rsidR="00804A45" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Date of Records Sent to District of Origin JDC POC:</w:t>
+              <w:t xml:space="preserve">Date of Records Sent to </w:t>
+            </w:r>
+            <w:r w:rsidR="003451A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Origin JDC POC:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
+          <w:p w14:paraId="4A2F5952" w14:textId="77777777" w:rsidR="00804A45" w:rsidRPr="00EE10E9" w:rsidRDefault="00804A45" w:rsidP="00B05866">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
+    <w:p w14:paraId="4746C216" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
+    <w:p w14:paraId="00909A84" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Notes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
+    <w:p w14:paraId="4684693C" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00804A45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The following section is optional and should be used for any additional notes/comments that the team would like to address in the ESP.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0089680D" w:rsidTr="00C12CD1">
+      <w:tr w:rsidR="0089680D" w14:paraId="5753581A" w14:textId="77777777" w:rsidTr="00C12CD1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
+          <w:p w14:paraId="60C5EDE0" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
+          <w:p w14:paraId="24438FD4" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
+          <w:p w14:paraId="4EF18F9B" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
+          <w:p w14:paraId="241F141D" w14:textId="77777777" w:rsidR="0089680D" w:rsidRDefault="0089680D" w:rsidP="00C12CD1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089680D" w:rsidRPr="00804A45" w:rsidRDefault="0089680D" w:rsidP="00804A45">
+    <w:p w14:paraId="3367C6CC" w14:textId="77777777" w:rsidR="0089680D" w:rsidRPr="00804A45" w:rsidRDefault="0089680D" w:rsidP="00804A45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804A45" w:rsidRDefault="0089680D">
+    <w:p w14:paraId="2F42426C" w14:textId="2D306088" w:rsidR="00804A45" w:rsidRDefault="0089680D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">The Educational Service Plan is to be completed by the </w:t>
       </w:r>
+      <w:r w:rsidR="00C43024">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which the juvenile detention center is located </w:t>
+      </w:r>
       <w:r w:rsidRPr="008728E3">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>district</w:t>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40410">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008728E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00825F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>eighth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in which the juvenile detention center is located </w:t>
+        <w:t xml:space="preserve"> instructional day in the juvenile detention </w:t>
       </w:r>
       <w:r w:rsidRPr="008728E3">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>by a student’s 15</w:t>
+        <w:t>facility</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">th instructional day in the juvenile detention </w:t>
-[...5 lines deleted...]
-        <w:t>facility</w:t>
+        <w:t xml:space="preserve">. A representative from the student’s home </w:t>
+      </w:r>
+      <w:r w:rsidR="007A437E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>.  A representative from the student’s home district must be involved in the meeting.  Every student who is detained for 15 days or more must have an ESP on file with the teacher at the JDC.</w:t>
+        <w:t xml:space="preserve"> must be involved in the meeting. Every student who is detained for 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00893127">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days or more must have an ESP on file with the teacher at the JDC.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089680D" w:rsidRPr="00804A45" w:rsidRDefault="0089680D">
+    <w:p w14:paraId="1BFAF98F" w14:textId="236C82A8" w:rsidR="0089680D" w:rsidRPr="00804A45" w:rsidRDefault="003451A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">District personnel should exercise extreme caution when transferring student records to ensure that all information is kept confidential.  All FEPRA guidelines must be followed and districts are encouraged to consult with their IT department to ensure that all electronic communication regarding incarcerated youth is transmitted in a secure and confidential manner.  </w:t>
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r w:rsidR="0089680D">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnel should exercise extreme caution when transferring student records to ensure that all information is kept confidential. All FEPRA guidelines must be followed</w:t>
+      </w:r>
+      <w:r w:rsidR="00825F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0089680D">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r w:rsidR="0089680D">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s are encouraged to consult with their IT department to ensure that all electronic communication regarding incarcerated youth is transmitted in a secure and confidential manner.  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0089680D" w:rsidRPr="00804A45" w:rsidSect="00CA7278">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0061783F" w:rsidRDefault="0061783F">
+    <w:p w14:paraId="0943D456" w14:textId="77777777" w:rsidR="00C36AB5" w:rsidRDefault="00C36AB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0061783F" w:rsidRDefault="0061783F">
+    <w:p w14:paraId="441326D0" w14:textId="77777777" w:rsidR="00C36AB5" w:rsidRDefault="00C36AB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
+    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0061783F" w:rsidRDefault="0061783F">
+    <w:p w14:paraId="62DD9CF0" w14:textId="77777777" w:rsidR="00C36AB5" w:rsidRDefault="00C36AB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0061783F" w:rsidRDefault="0061783F">
+    <w:p w14:paraId="5DA1A8B1" w14:textId="77777777" w:rsidR="00C36AB5" w:rsidRDefault="00C36AB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05734C00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBE22C50"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3881,204 +4112,233 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="251622311">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="841507306">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00525DBA"/>
+    <w:rsid w:val="0002585C"/>
     <w:rsid w:val="00043E46"/>
     <w:rsid w:val="00061125"/>
+    <w:rsid w:val="00121773"/>
     <w:rsid w:val="00136C21"/>
     <w:rsid w:val="00160593"/>
     <w:rsid w:val="001863E7"/>
+    <w:rsid w:val="001A5E93"/>
+    <w:rsid w:val="001B032D"/>
     <w:rsid w:val="001B1BF3"/>
     <w:rsid w:val="001C20BD"/>
+    <w:rsid w:val="001C615B"/>
     <w:rsid w:val="001F14D8"/>
     <w:rsid w:val="00200262"/>
+    <w:rsid w:val="002006E1"/>
+    <w:rsid w:val="00223522"/>
     <w:rsid w:val="00251930"/>
     <w:rsid w:val="00255018"/>
     <w:rsid w:val="002F2178"/>
     <w:rsid w:val="003247BA"/>
+    <w:rsid w:val="003451A9"/>
     <w:rsid w:val="00352215"/>
     <w:rsid w:val="003676D3"/>
     <w:rsid w:val="0037793C"/>
     <w:rsid w:val="003D3ED0"/>
     <w:rsid w:val="003E7D92"/>
     <w:rsid w:val="00450698"/>
+    <w:rsid w:val="004532D6"/>
     <w:rsid w:val="00475CBA"/>
     <w:rsid w:val="004F7E23"/>
     <w:rsid w:val="00525DBA"/>
     <w:rsid w:val="00544778"/>
     <w:rsid w:val="00552DBE"/>
     <w:rsid w:val="00557317"/>
     <w:rsid w:val="00582D31"/>
+    <w:rsid w:val="005D6F96"/>
     <w:rsid w:val="005F3AC7"/>
     <w:rsid w:val="006147FB"/>
     <w:rsid w:val="0061783F"/>
     <w:rsid w:val="006553E5"/>
     <w:rsid w:val="00660053"/>
     <w:rsid w:val="006A3B41"/>
     <w:rsid w:val="006C6007"/>
     <w:rsid w:val="006D1E33"/>
     <w:rsid w:val="006D242A"/>
     <w:rsid w:val="006F0D66"/>
     <w:rsid w:val="00746E78"/>
     <w:rsid w:val="0076340F"/>
+    <w:rsid w:val="007A437E"/>
     <w:rsid w:val="00804A45"/>
+    <w:rsid w:val="00825F69"/>
+    <w:rsid w:val="00832990"/>
     <w:rsid w:val="00857BAB"/>
     <w:rsid w:val="008631A9"/>
     <w:rsid w:val="008728E3"/>
+    <w:rsid w:val="00880FAD"/>
+    <w:rsid w:val="00893127"/>
     <w:rsid w:val="0089680D"/>
     <w:rsid w:val="008E76DE"/>
     <w:rsid w:val="009B405D"/>
     <w:rsid w:val="00A27A3F"/>
+    <w:rsid w:val="00A27B6A"/>
     <w:rsid w:val="00A32246"/>
+    <w:rsid w:val="00A32D4C"/>
     <w:rsid w:val="00A412BA"/>
     <w:rsid w:val="00A57862"/>
     <w:rsid w:val="00A67003"/>
     <w:rsid w:val="00A73936"/>
     <w:rsid w:val="00AB3743"/>
     <w:rsid w:val="00B24C9C"/>
     <w:rsid w:val="00B46BF2"/>
     <w:rsid w:val="00BE26CE"/>
+    <w:rsid w:val="00C36AB5"/>
+    <w:rsid w:val="00C43024"/>
     <w:rsid w:val="00C44DAA"/>
     <w:rsid w:val="00C83499"/>
     <w:rsid w:val="00CA4D63"/>
     <w:rsid w:val="00CA7278"/>
+    <w:rsid w:val="00CA77E7"/>
     <w:rsid w:val="00CC316E"/>
     <w:rsid w:val="00CD1813"/>
     <w:rsid w:val="00CD4FFF"/>
     <w:rsid w:val="00CE78F5"/>
     <w:rsid w:val="00D00F6A"/>
     <w:rsid w:val="00D040AD"/>
+    <w:rsid w:val="00D40410"/>
     <w:rsid w:val="00DA65D4"/>
     <w:rsid w:val="00DB47CA"/>
     <w:rsid w:val="00DF41C7"/>
     <w:rsid w:val="00E11B7C"/>
     <w:rsid w:val="00E206CD"/>
+    <w:rsid w:val="00E275CB"/>
+    <w:rsid w:val="00E366ED"/>
     <w:rsid w:val="00E83EBA"/>
     <w:rsid w:val="00EB5D37"/>
+    <w:rsid w:val="00ED029F"/>
     <w:rsid w:val="00EF2A78"/>
     <w:rsid w:val="00F105D7"/>
     <w:rsid w:val="00F22BCA"/>
     <w:rsid w:val="00F50C29"/>
+    <w:rsid w:val="00F86791"/>
+    <w:rsid w:val="00FD49C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3972BCDC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A536C891-2B20-4619-9FCD-5FE5E4589ADB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4406,50 +4666,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00525DBA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00525DBA"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -4680,58 +4945,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00251930"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4955,87 +5220,426 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010036AF0B906058DF42875C496A67D478B6" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5e1c246cb33ea9864d1f55ca6a57643e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3b284b0-f4e8-4de5-9d62-80866cb39170" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0333a944fefd1955bccc7f5ebe7a8cab" ns2:_="" ns3:_="">
+    <xsd:import namespace="e3b284b0-f4e8-4de5-9d62-80866cb39170"/>
+    <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3b284b0-f4e8-4de5-9d62-80866cb39170" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="24" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c886416a-45cc-4096-817a-620d5f31d47e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="4" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3b284b0-f4e8-4de5-9d62-80866cb39170">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FF937FE-0612-4FCF-A542-0BD27378A60C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e3b284b0-f4e8-4de5-9d62-80866cb39170"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64AB8673-BF6D-4560-95F5-7288790EB6D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D5C3DA5-93EE-4AB1-B645-B4C96CD82A7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8EB7FB2-4FFE-4CC7-9559-309CDC966A34}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3b284b0-f4e8-4de5-9d62-80866cb39170"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>570</Words>
-  <Characters>3250</Characters>
+  <Words>602</Words>
+  <Characters>3192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>199</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3813</CharactersWithSpaces>
+  <CharactersWithSpaces>3708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katie Barcy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010036AF0B906058DF42875C496A67D478B6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>3c2599d6-b0ab-4027-8db6-8608f6731c94</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>