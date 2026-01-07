--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F19128D" w14:textId="535EF851" w:rsidR="006760AE" w:rsidRPr="0072034E" w:rsidRDefault="002E6921" w:rsidP="00BC0E66">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:b/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:b/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Sample </w:t>
       </w:r>
       <w:r w:rsidR="006760AE" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface"/>
           <w:b/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>End-of-Year Reverification Letter</w:t>
@@ -410,51 +410,51 @@
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> become permanent </w:t>
       </w:r>
       <w:r w:rsidR="00564CA6">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>with time</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C818DDD" w14:textId="2C2EE679" w:rsidR="00B44753" w:rsidRPr="0072034E" w:rsidRDefault="006760AE" w:rsidP="0072034E">
+    <w:p w14:paraId="6C818DDD" w14:textId="2FEA385D" w:rsidR="00B44753" w:rsidRPr="0072034E" w:rsidRDefault="006760AE" w:rsidP="0072034E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">Send parents the attached </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:i/>
           <w:iCs/>
@@ -503,51 +503,65 @@
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidR="00F154D6" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> student</w:t>
       </w:r>
       <w:r w:rsidR="005A50D3" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F154D6" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2B14">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidR="00F154D6" w:rsidRPr="0072034E">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A50D3" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>designated as McKinney-Vento eligible</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0072136E" w:rsidRPr="0072034E">
@@ -591,133 +605,145 @@
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>both the letter and Questionnaire on LEA letterhead, delete or update all red font areas, and provide the most up-to-date McKinney-Vento Liaison contact information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1999AEA8" w14:textId="0152FFF4" w:rsidR="006760AE" w:rsidRPr="0072034E" w:rsidRDefault="006760AE" w:rsidP="0072034E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">If there is a question about the student’s continued McKinney-Vento eligibility, make sure it is addressed as soon as possible. If a dispute arises about the student’s continued eligibility for the following school year, make sure the dispute is resolved over the summer to minimize any potential disruptions in the student’s education as well as any potential disruptions to the school community. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019BBC9E" w14:textId="24C5F0F5" w:rsidR="00EB7993" w:rsidRPr="0072034E" w:rsidRDefault="006760AE" w:rsidP="0072034E">
+    <w:p w14:paraId="019BBC9E" w14:textId="02773E1F" w:rsidR="00EB7993" w:rsidRPr="0072034E" w:rsidRDefault="006760AE" w:rsidP="0072034E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note, information about the living situation of a student who is homeless (e.g., homeless status, temporary address) is considered a part of the student’s educational record and may not be disclosed as directory information. This means that </w:t>
       </w:r>
       <w:r w:rsidR="004E7049" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t>school may not disclose the address where the student is temporarily living or the temporary housing status of a student who is homeless to a third party (</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>school may not disclose the address where the student is temporarily living or the temporary housing status of a student who is homeless to a third party (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2B14">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> landlord) without the consent of the parent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E30A689" w14:textId="1EA2B563" w:rsidR="0024002B" w:rsidRPr="0072034E" w:rsidRDefault="00352B0D" w:rsidP="0072034E">
+    <w:p w14:paraId="0E30A689" w14:textId="5C15C536" w:rsidR="0024002B" w:rsidRPr="0072034E" w:rsidRDefault="00352B0D" w:rsidP="0072034E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>Liaisons must ensure</w:t>
       </w:r>
       <w:r w:rsidR="006760AE" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a smooth transition for students who are no longer McKinney-Vento eligible and connect them with supports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="006760AE" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which they are entitled (for example, Title I services, services for English Language Learner, special education services, attendance improvement/dropout prevention services, academic intervention services, etc.). Research has shown that formerly homeless students have rates of chronic absenteeism and low proficiency rates on statewide assessments</w:t>
+        <w:t xml:space="preserve"> which they are entitled (for example, Title I services, services for English Language </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2B14">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>Learners</w:t>
+      </w:r>
+      <w:r w:rsidR="006760AE" w:rsidRPr="0072034E">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>, special education services, attendance improvement/dropout prevention services, academic intervention services, etc.). Research has shown that formerly homeless students have rates of chronic absenteeism and low proficiency rates on statewide assessments</w:t>
       </w:r>
       <w:r w:rsidR="004E7049" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006760AE" w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> similar to students who are currently experiencing homelessness.</w:t>
       </w:r>
       <w:r w:rsidR="0024002B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -862,99 +888,112 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. Your updated housing information will </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">help us determine if </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[child’s name/you]</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidRPr="00BC3979">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [is/are]</w:t>
+        <w:t>[is/are]</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> still eligible for services such as continued enrollment, transportation for students temporarily living outside of the LEA, and other programs </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[list specific programs such as free meals or Title I services if the family may not otherwise qualify, or other LEA interventions for students in temporary housing]</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Even if you have moved into permanent housing</w:t>
       </w:r>
-      <w:r w:rsidRPr="0072034E">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00BA56EC">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA56EC">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [your child/you]</w:t>
+        <w:t>[your child/you]</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> can stay in </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[his/her/your]</w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> current school and get transportation to that school </w:t>
       </w:r>
       <w:r w:rsidRPr="0072034E">
         <w:rPr>
@@ -1531,51 +1570,79 @@
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Temporary Living Situation </w:t>
       </w:r>
       <w:r w:rsidRPr="003F04D5">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F04D5">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Trailer park</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F04D5">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">, campground, car, park, public places, abandoned building, street, or any other inadequate living space) </w:t>
+        <w:t xml:space="preserve">, campground, car, park, public places, abandoned </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F04D5">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>building</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F04D5">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F04D5">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>street</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F04D5">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other inadequate living space) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34024C63" w14:textId="77777777" w:rsidR="008E55FB" w:rsidRPr="003F04D5" w:rsidRDefault="008E55FB" w:rsidP="00B44753">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F04D5">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Doubled Up </w:t>
       </w:r>
       <w:r w:rsidRPr="003F04D5">
@@ -1715,73 +1782,73 @@
     </w:p>
     <w:p w14:paraId="4F09D429" w14:textId="77777777" w:rsidR="00DD385F" w:rsidRPr="003F04D5" w:rsidRDefault="00DD385F" w:rsidP="00B44753">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD385F" w:rsidRPr="003F04D5" w:rsidSect="001E5279">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2070" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="489" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68B9DDC6" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33" w:rsidP="0089763D">
+    <w:p w14:paraId="2FF63858" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21C506F6" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33" w:rsidP="0089763D">
+    <w:p w14:paraId="0684C331" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4BC7E977" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33"/>
+    <w:p w14:paraId="09E7F2F6" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1806,51 +1873,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BE3A728" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D" w:rsidP="0089763D">
     <w:pPr>
       <w:spacing w:before="12"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="57907C7A" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="005616B1" w:rsidP="00364BE0">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
@@ -1941,64 +2008,64 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2BA51133" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCa1UKHKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAUBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgEBYSjgjWbMjSWahBp6o55HZkiigaZTJjPAtX/T5z/rti8DFHBj7C2TwAOSke2dsWGsC5A8&#10;rYsIegWMK1sOE/7xBKVohmJnqr0BNCYYfEjQKkUd8s2K7nov497IewGL+XNHk97GORoPHAHsqgdG&#10;6h4r3YkIFiRE3PZM/RQpadw8rABYP0bgAYxcYi/YQuxj23AnhtCwFo8XosYIFuI6MFUR65C5EE5E&#10;XY59HdxBK7dsJb3KHk0qBHnScjG0CpwfoApquOECwPwGwQd1WAcNFfKm4dy3gAsHZT6ZhdoYyZvC&#10;KR0ao6v1JddoS2DVX52l6aTfEAdmsFJF4Z3VjBTXUbak4UGG4BxqC8svUNXtB5OtZfEItNUyPCDw&#10;4IFQS/0How4ejxyb3xuiGUb8i4C5OxtNp+618T9hvSE91KyHGiIouMqxxdB4J17a8EJtlG6qGiKF&#10;hSrkZ9i2ZePY7fEFVPEHRt9L+83n9zc8G3B68C4N//2Np4d4+RcAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmtVChyoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
+            <v:group w14:anchorId="70ACB15D" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCa1UKHKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAUBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgEBYSjgjWbMjSWahBp6o55HZkiigaZTJjPAtX/T5z/rti8DFHBj7C2TwAOSke2dsWGsC5A8&#10;rYsIegWMK1sOE/7xBKVohmJnqr0BNCYYfEjQKkUd8s2K7nov497IewGL+XNHk97GORoPHAHsqgdG&#10;6h4r3YkIFiRE3PZM/RQpadw8rABYP0bgAYxcYi/YQuxj23AnhtCwFo8XosYIFuI6MFUR65C5EE5E&#10;XY59HdxBK7dsJb3KHk0qBHnScjG0CpwfoApquOECwPwGwQd1WAcNFfKm4dy3gAsHZT6ZhdoYyZvC&#10;KR0ao6v1JddoS2DVX52l6aTfEAdmsFJF4Z3VjBTXUbak4UGG4BxqC8svUNXtB5OtZfEItNUyPCDw&#10;4IFQS/0How4ejxyb3xuiGUb8i4C5OxtNp+618T9hvSE91KyHGiIouMqxxdB4J17a8EJtlG6qGiKF&#10;hSrkZ9i2ZePY7fEFVPEHRt9L+83n9zc8G3B68C4N//2Np4d4+RcAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmtVChyoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSlSazxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6ibaFomuEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6FUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqeXz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iG3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSlSazxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfTpe9xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk2FFo1ZxRakORQh1pQeH9lnEpp9m2bXGP+9Kwg9DjPzDZOuR9OKgXrXWFbwHMUg&#10;iEurG64UHL62T3MQziNrbC2Tggs5WK8mDykm2p45p2HvKxEg7BJUUHvfJVK6siaDLrIdcfCOtjfo&#10;g+wrqXs8B7hp5SyOX6XBhsNCjR2911T+7k9Ggf7wW3or8kWuT8Xs8y/7/tnsjFKP03GzBOFp9P/h&#10;ezvTCl7gdiXcALm6AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9Ol73EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5D043115" w14:textId="03E81207" w:rsidR="0089763D" w:rsidRPr="0072034E" w:rsidRDefault="00B043C1" w:rsidP="00B043C1">
+  <w:p w14:paraId="5D043115" w14:textId="24584A97" w:rsidR="0089763D" w:rsidRPr="0072034E" w:rsidRDefault="00B043C1" w:rsidP="00B043C1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Division of Federal Programs </w:t>
     </w:r>
     <w:r w:rsidR="00B44753" w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
@@ -2061,226 +2128,226 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="004E3E18" w:rsidRPr="0072034E">
+    <w:r w:rsidR="00273DB0">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">March </w:t>
+      <w:t>Dece</w:t>
     </w:r>
-    <w:r w:rsidR="00B44753" w:rsidRPr="0072034E">
+    <w:r w:rsidR="00037CE4">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>202</w:t>
+      <w:t xml:space="preserve">mber </w:t>
     </w:r>
-    <w:r w:rsidR="004E3E18" w:rsidRPr="0072034E">
+    <w:r w:rsidR="00182F75">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>710 James Robertson Parkway • Andrew Johnson Tower</w:t>
     </w:r>
     <w:r w:rsidR="00B44753" w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>• Nashville, TN 37243</w:t>
     </w:r>
     <w:r w:rsidRPr="0072034E">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05537E2B" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33" w:rsidP="0089763D">
+    <w:p w14:paraId="4627E5F9" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B62036A" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33" w:rsidP="0089763D">
+    <w:p w14:paraId="5558689B" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4DB57C02" w14:textId="77777777" w:rsidR="00BA7C33" w:rsidRDefault="00BA7C33"/>
+    <w:p w14:paraId="31576F7A" w14:textId="77777777" w:rsidR="00902828" w:rsidRDefault="00902828"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7A2BD4C4" w14:textId="2AC11B35" w:rsidR="00DD7A35" w:rsidRDefault="007166A5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A2BD4C4" w14:textId="2AC11B35" w:rsidR="00DD7A35" w:rsidRDefault="00FD3DB7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="31D3F094">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject22548719" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject22548719" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5FD90CB9" w14:textId="60D44F87" w:rsidR="0089763D" w:rsidRDefault="007166A5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5FD90CB9" w14:textId="60D44F87" w:rsidR="0089763D" w:rsidRDefault="00FD3DB7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="7C3D9043">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject22548720" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658237;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject22548720" o:spid="_x0000_s1027" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658237;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00364BE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63BD624F" wp14:editId="73714CA2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>685800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>457200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1490472" cy="585216"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="19" name="Picture 19" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -2320,97 +2387,97 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="24CA0EAB" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6A9AD86B" w14:textId="1116D5EE" w:rsidR="00DD7A35" w:rsidRDefault="007166A5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A9AD86B" w14:textId="1116D5EE" w:rsidR="00DD7A35" w:rsidRDefault="00FD3DB7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="56B24BE8">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject22548718" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+        <v:shape id="PowerPlusWaterMarkObject22548718" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03921E9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EFEBBF4"/>
     <w:lvl w:ilvl="0" w:tplc="35C4F830">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2699,269 +2766,286 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="313216279">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1141190742">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1391462118">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2068675207">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNjI0MjM2NzIxMDE0sjRR0lEKTi0uzszPAykwNKoFAPnqS1ktAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006760AE"/>
     <w:rsid w:val="0002037E"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="0003001E"/>
+    <w:rsid w:val="00037CE4"/>
     <w:rsid w:val="00040CB1"/>
     <w:rsid w:val="00047C66"/>
     <w:rsid w:val="00050230"/>
     <w:rsid w:val="0005229D"/>
     <w:rsid w:val="00076B6D"/>
     <w:rsid w:val="00082277"/>
     <w:rsid w:val="000827FD"/>
     <w:rsid w:val="00085F08"/>
     <w:rsid w:val="000B3C57"/>
     <w:rsid w:val="000C219F"/>
     <w:rsid w:val="0012065C"/>
+    <w:rsid w:val="001248F2"/>
     <w:rsid w:val="00131000"/>
     <w:rsid w:val="00134746"/>
     <w:rsid w:val="00165FDB"/>
+    <w:rsid w:val="00182F75"/>
     <w:rsid w:val="001A2EEE"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="001D4D03"/>
     <w:rsid w:val="001E5279"/>
     <w:rsid w:val="002152CA"/>
     <w:rsid w:val="00215848"/>
+    <w:rsid w:val="002227BE"/>
+    <w:rsid w:val="0023606D"/>
     <w:rsid w:val="0024002B"/>
     <w:rsid w:val="00265F01"/>
     <w:rsid w:val="00267092"/>
+    <w:rsid w:val="00273DB0"/>
     <w:rsid w:val="00294B68"/>
+    <w:rsid w:val="002A0E39"/>
     <w:rsid w:val="002C2077"/>
     <w:rsid w:val="002D663C"/>
     <w:rsid w:val="002E6921"/>
     <w:rsid w:val="0032094C"/>
     <w:rsid w:val="00352B0D"/>
     <w:rsid w:val="00362444"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="003667D4"/>
     <w:rsid w:val="003B0D16"/>
     <w:rsid w:val="003D1F7E"/>
     <w:rsid w:val="003E6DC0"/>
     <w:rsid w:val="003F04D5"/>
     <w:rsid w:val="003F345B"/>
+    <w:rsid w:val="00424D92"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="00457E12"/>
     <w:rsid w:val="00460363"/>
     <w:rsid w:val="0046175A"/>
     <w:rsid w:val="00480785"/>
     <w:rsid w:val="004841ED"/>
     <w:rsid w:val="0049555D"/>
     <w:rsid w:val="004C0AF4"/>
     <w:rsid w:val="004C6250"/>
     <w:rsid w:val="004D1704"/>
     <w:rsid w:val="004E3E18"/>
     <w:rsid w:val="004E7049"/>
     <w:rsid w:val="005323C9"/>
     <w:rsid w:val="005616B1"/>
     <w:rsid w:val="00563001"/>
     <w:rsid w:val="00564CA6"/>
     <w:rsid w:val="005A50D3"/>
     <w:rsid w:val="005C1B39"/>
     <w:rsid w:val="005E7DD1"/>
     <w:rsid w:val="00626B3E"/>
+    <w:rsid w:val="0065581F"/>
+    <w:rsid w:val="00672FE8"/>
     <w:rsid w:val="006760AE"/>
     <w:rsid w:val="00706D82"/>
     <w:rsid w:val="007166A5"/>
     <w:rsid w:val="0072034E"/>
     <w:rsid w:val="0072136E"/>
     <w:rsid w:val="0075104F"/>
     <w:rsid w:val="007B056F"/>
     <w:rsid w:val="007B5019"/>
     <w:rsid w:val="007C4631"/>
     <w:rsid w:val="007D74E7"/>
     <w:rsid w:val="0080130F"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="00871878"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008D3666"/>
     <w:rsid w:val="008E55FB"/>
     <w:rsid w:val="008E656D"/>
+    <w:rsid w:val="00902828"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="00960B08"/>
     <w:rsid w:val="009651A0"/>
     <w:rsid w:val="009A36FB"/>
     <w:rsid w:val="009B0765"/>
     <w:rsid w:val="009E1476"/>
+    <w:rsid w:val="009E2B14"/>
     <w:rsid w:val="009F04B5"/>
     <w:rsid w:val="00A02ECC"/>
     <w:rsid w:val="00A5316A"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B44753"/>
     <w:rsid w:val="00B80CB4"/>
     <w:rsid w:val="00B86F26"/>
     <w:rsid w:val="00B933EB"/>
+    <w:rsid w:val="00BA56EC"/>
     <w:rsid w:val="00BA7C33"/>
     <w:rsid w:val="00BC0E66"/>
+    <w:rsid w:val="00BC3979"/>
     <w:rsid w:val="00BC5EDD"/>
     <w:rsid w:val="00BD0022"/>
     <w:rsid w:val="00C04055"/>
+    <w:rsid w:val="00C33699"/>
     <w:rsid w:val="00C5668B"/>
     <w:rsid w:val="00C927F0"/>
     <w:rsid w:val="00C94A07"/>
     <w:rsid w:val="00CA086E"/>
     <w:rsid w:val="00CA65D6"/>
     <w:rsid w:val="00CE1BDB"/>
     <w:rsid w:val="00CE21E9"/>
     <w:rsid w:val="00D20C8D"/>
     <w:rsid w:val="00D7436E"/>
     <w:rsid w:val="00D74BD9"/>
     <w:rsid w:val="00D83EB9"/>
     <w:rsid w:val="00DA3925"/>
     <w:rsid w:val="00DD385F"/>
     <w:rsid w:val="00DD7A35"/>
     <w:rsid w:val="00E03F40"/>
     <w:rsid w:val="00E96F29"/>
     <w:rsid w:val="00EA33DD"/>
     <w:rsid w:val="00EB7993"/>
     <w:rsid w:val="00EC198E"/>
     <w:rsid w:val="00ED6468"/>
     <w:rsid w:val="00EF1505"/>
     <w:rsid w:val="00EF5FC6"/>
     <w:rsid w:val="00F049AD"/>
     <w:rsid w:val="00F108DE"/>
     <w:rsid w:val="00F154D6"/>
     <w:rsid w:val="00F265EF"/>
     <w:rsid w:val="00F303C6"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00F6624A"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FC7668"/>
     <w:rsid w:val="00FD2FFA"/>
+    <w:rsid w:val="00FD3DB7"/>
     <w:rsid w:val="00FF1F67"/>
     <w:rsid w:val="0FED4EB8"/>
     <w:rsid w:val="243769EB"/>
     <w:rsid w:val="2E84DF4C"/>
     <w:rsid w:val="2F8EAA22"/>
     <w:rsid w:val="36CB0A0B"/>
     <w:rsid w:val="3B20814D"/>
     <w:rsid w:val="4533FA4E"/>
     <w:rsid w:val="47ADE793"/>
     <w:rsid w:val="59D331F0"/>
     <w:rsid w:val="61EA0A81"/>
     <w:rsid w:val="6596C825"/>
     <w:rsid w:val="6BF2E531"/>
     <w:rsid w:val="718E0080"/>
     <w:rsid w:val="71A6DD67"/>
     <w:rsid w:val="75254687"/>
     <w:rsid w:val="7C5CBC1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="113411A1"/>
   <w15:docId w15:val="{DA020174-8FCA-442D-905F-3B431F0B1F31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3810,51 +3894,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC7668"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC7668"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="533155829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="986472256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4122,88 +4206,108 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdbd36bf12cbdbece3cc2ea427f660e9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4234,50 +4338,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4377,143 +4486,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB72AE57-BCA8-45E7-A79C-7D06DEF3C3BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5905083C-93CC-463D-928F-7308FDB24309}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB72AE57-BCA8-45E7-A79C-7D06DEF3C3BE}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6B27B7B-EB11-41FE-92BC-E655280941BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="d96adafe-4c63-4b28-85ee-44c0bdde9bbb"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01EDC1C9-FF13-495C-9942-4B7DBCD4EE6F}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B12FD4C7-3D64-40BA-86FD-CBE4074E0709}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>FPO_One-Pager (1)</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>930</Words>
-  <Characters>5488</Characters>
+  <Words>955</Words>
+  <Characters>5464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Federal Programs &amp; Oversight</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6371</CharactersWithSpaces>
+  <CharactersWithSpaces>6377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>End-of-Year Reverification Letter 2021 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa.Waters@tn.gov</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
@@ -4528,27 +4627,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>2594400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="GrammarlyDocumentId">
     <vt:lpwstr>ba9549b8efc22d7e492c7bf71f9210ae6c8befb7cd50488b2f6d0204520e4d35</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>