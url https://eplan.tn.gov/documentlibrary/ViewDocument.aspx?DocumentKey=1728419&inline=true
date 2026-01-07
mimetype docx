--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="44B72A3D" w14:textId="1A1C6533" w:rsidR="00FC761F" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="00BB3C25">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing and Educational Rights </w:t>
       </w:r>
       <w:r w:rsidR="002445D8" w:rsidRPr="00710385">
         <w:rPr>
@@ -80,51 +80,51 @@
       <w:r w:rsidR="0024323A" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>TEMPLATE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBDA4C4" w14:textId="77777777" w:rsidR="003A6CEE" w:rsidRDefault="003A6CEE" w:rsidP="009A6FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C09F9AE" w14:textId="03E2848E" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="00FC761F" w:rsidP="7CDB2983">
+    <w:p w14:paraId="1C09F9AE" w14:textId="3EFADCDB" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="00FC761F" w:rsidP="7CDB2983">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
       <w:r w:rsidR="00B95850" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
@@ -146,51 +146,87 @@
       <w:r w:rsidR="00B95850" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F423D5" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="007D67CF" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">his form is intended to be used as a guide for LEAs to document that the parent/guardian or </w:t>
+        <w:t xml:space="preserve">his form is intended to be used as a guide for </w:t>
+      </w:r>
+      <w:r w:rsidR="000070E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>local educational agencies (</w:t>
+      </w:r>
+      <w:r w:rsidR="007D67CF" w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LEAs</w:t>
+      </w:r>
+      <w:r w:rsidR="000070E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D67CF" w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to document that the parent/guardian or </w:t>
       </w:r>
       <w:r w:rsidR="00091C32" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unaccompanied</w:t>
       </w:r>
       <w:r w:rsidR="007D67CF" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> youth has been informed of their housing and educational rights under the McKinney-Vento Act. </w:t>
       </w:r>
       <w:r w:rsidR="70AFEB68" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -348,166 +384,476 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> McKinney-Vento Liaison contact information</w:t>
       </w:r>
       <w:r w:rsidR="00091C32" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091ED66F" w14:textId="77777777" w:rsidR="00091C32" w:rsidRPr="00710385" w:rsidRDefault="00091C32" w:rsidP="009A6FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45BC4A99" w14:textId="77777777" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
+    <w:p w14:paraId="45BC4A99" w14:textId="775B0A6A" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Students without fixed, regular, and adequate nighttime residences have the following rights:</w:t>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="0071648B">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>who lack</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fixed, regular, and adequate nighttime residences have the following rights:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6386A6DF" w14:textId="77777777" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
+    <w:p w14:paraId="6386A6DF" w14:textId="6567C122" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Immediate enrollment in the school they last attended or the local school where they are currently staying even if they do not have all the documents usually required at the time of enrollment without fear of being separated or treated differently due to their housing situations;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Immediate enrollment in the </w:t>
+      </w:r>
+      <w:r w:rsidR="009522BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="001451A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of origin</w:t>
+      </w:r>
+      <w:r w:rsidR="009522BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="004A179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they last</w:t>
+      </w:r>
+      <w:r w:rsidR="009145D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0711">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>attended when permanently</w:t>
+      </w:r>
+      <w:r w:rsidR="009145D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0711">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>housed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21929">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0711">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004A179A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">school they </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7182">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>last enrolled in,</w:t>
+      </w:r>
+      <w:r w:rsidR="00571D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>or the local school where they are currently staying</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> even if they do not have all the documents usually required at the time of enrollment</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without fear of being separated or treated differently due to their housing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>situations</w:t>
+      </w:r>
+      <w:r w:rsidR="006A64D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3FBCAA4E" w14:textId="77777777" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
+    <w:p w14:paraId="3FBCAA4E" w14:textId="69D7CA40" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Transportation to the school of origin for the regular school day;</w:t>
-      </w:r>
+        <w:t>Transportation to the school of origin for the regular school day</w:t>
+      </w:r>
+      <w:r w:rsidR="006A64D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52521">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>the LEA will determine the best means of transportation for</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00083E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r w:rsidR="006A64D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="43DE3E63" w14:textId="4A0FEA5F" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
+    <w:p w14:paraId="43DE3E63" w14:textId="29087432" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Access to free meals, </w:t>
       </w:r>
       <w:r w:rsidR="00C03748" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">ESEA </w:t>
       </w:r>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Title I</w:t>
       </w:r>
       <w:r w:rsidR="00C03748" w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>, Part A</w:t>
       </w:r>
+      <w:r w:rsidR="004714CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00710385">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other educational programs, and transportation to extra-curricular activities to the same extent that it is offered to other students.</w:t>
+        <w:t xml:space="preserve"> and other educational programs, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5EE7" w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>s well as</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5EE7" w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transportation to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>extra-curricular</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="002D04EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710385">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the same extent that it is offered to other students.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400C43D1" w14:textId="77777777" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31927953" w14:textId="6F85C8EB" w:rsidR="009A6FA9" w:rsidRPr="00710385" w:rsidRDefault="009A6FA9" w:rsidP="009A6FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00710385">
@@ -846,125 +1192,111 @@
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D205BE3" w14:textId="7D71D805" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="003F2380" w:rsidP="003F2380">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13793FBD" w14:textId="2D8EFC52" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="003F2380" w:rsidP="003F2380">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61729447" w14:textId="03AF545E" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="003F2380" w:rsidP="003F2380">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78445530" w14:textId="708517BB" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="003F2380" w:rsidP="003F2380">
-[...13 lines deleted...]
-    <w:p w14:paraId="5B11505A" w14:textId="424471C6" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="003F2380" w:rsidP="003F2380">
+    <w:p w14:paraId="5B11505A" w14:textId="554D2F9C" w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidRDefault="009C7753" w:rsidP="00373F41">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9300"/>
+          <w:tab w:val="left" w:pos="8940"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F2380" w:rsidRPr="003F2380" w:rsidSect="00085EC8">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4139FF1E" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D" w:rsidP="0089763D">
+    <w:p w14:paraId="3C66B374" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A38CB84" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D" w:rsidP="0089763D">
+    <w:p w14:paraId="3FB911D6" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77D2385F" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D">
+    <w:p w14:paraId="7D6E6697" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -984,51 +1316,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="644557A9" w14:textId="77777777" w:rsidR="00EF7CC9" w:rsidRPr="00507644" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00507644">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B8746D7" wp14:editId="0FB596E0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-41579</wp:posOffset>
@@ -1044,51 +1376,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="1404620"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C299140" w14:textId="77777777" w:rsidR="00EF7CC9" w:rsidRPr="00507644" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
+                        <w:p w14:paraId="3C299140" w14:textId="72758155" w:rsidR="00EF7CC9" w:rsidRPr="00507644" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -1117,90 +1449,90 @@
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> | </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Revised February</w:t>
+                            <w:t xml:space="preserve">Revised </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00507644">
+                          <w:r w:rsidR="005E277B">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> 2020</w:t>
+                            <w:t>November 2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7B8746D7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:-3.25pt;width:145.2pt;height:110.6pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAixtK1CwIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpEuNOEWXLsOA&#10;rhvQ9QNkWY6FyaJGKbGzrx8lp2nQ3Yr5IJAm9Ug+Pq1uhs6wg0KvwZZ8Osk5U1ZCre2u5E8/tx+W&#10;nPkgbC0MWFXyo/L8Zv3+3ap3hZpBC6ZWyAjE+qJ3JW9DcEWWedmqTvgJOGUp2AB2IpCLu6xG0RN6&#10;Z7JZnl9lPWDtEKTynv7ejUG+TvhNo2T43jReBWZKTr2FdGI6q3hm65Uodihcq+WpDfGGLjqhLRU9&#10;Q92JINge9T9QnZYIHpowkdBl0DRaqjQDTTPNX03z2Aqn0ixEjndnmvz/g5UPh0f3A1kYPsFAC0xD&#10;eHcP8pdnFjatsDt1iwh9q0RNhaeRsqx3vjhdjVT7wkeQqv8GNS1Z7AMkoKHBLrJCczJCpwUcz6Sr&#10;ITAZSy7n83xOIUmxKZlXs7SWTBTP1x368EVBx6JRcqStJnhxuPchtiOK55RYzYPR9VYbkxzcVRuD&#10;7CBIAdv0pQlepRnL+pJfL2aLhGwh3k/i6HQghRrdlXyZx2/UTKTjs61TShDajDZ1YuyJn0jJSE4Y&#10;qoESI08V1EdiCmFUIr0cMlrAP5z1pMKS+997gYoz89US29dTIodkm5z54iNRw/AyUl1GhJUEVfLA&#10;2WhuQpJ64sHd0la2OvH10smpV1JXovH0EqJ8L/2U9fJe138BAAD//wMAUEsDBBQABgAIAAAAIQBs&#10;JcMK3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWjt9ohCnqqjYsECi&#10;IMHSjSdxRDy2bDcNf4+7guVoju49t9pNdmAjhtg7klDMBTCkxumeOgkf78+zB2AxKdJqcIQSfjDC&#10;rr69qVSp3YXecDymjuUQiqWSYFLyJeexMWhVnDuPlH+tC1alfIaO66AuOdwOfCHEhlvVU24wyuOT&#10;web7eLYSPq3p9SG8frV6GA8v7X7tp+ClvL+b9o/AEk7pD4arflaHOjud3Jl0ZIOEbbFcZVTCbLMG&#10;dgWEWOYxJwmLYrUFXlf8/4b6FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACLG0rULAgAA&#10;9wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGwlwwrf&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="3C299140" w14:textId="77777777" w:rsidR="00EF7CC9" w:rsidRPr="00507644" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
+                  <w:p w14:paraId="3C299140" w14:textId="72758155" w:rsidR="00EF7CC9" w:rsidRPr="00507644" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -1229,61 +1561,61 @@
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> | </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Revised February</w:t>
+                      <w:t xml:space="preserve">Revised </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00507644">
+                    <w:r w:rsidR="005E277B">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> 2020</w:t>
+                      <w:t>November 2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00507644">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4469D116" wp14:editId="2A871E4C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -1319,96 +1651,96 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4CD0BD39" id="Straight Connector 7" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
+            <v:line w14:anchorId="700BD056" id="Straight Connector 7" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00507644">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r w:rsidRPr="00507644">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FA8CB95" w14:textId="2BB1F0C9" w:rsidR="0089763D" w:rsidRPr="00EF7CC9" w:rsidRDefault="00EF7CC9" w:rsidP="00EF7CC9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00507644">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3450D785" w14:textId="69976F37" w:rsidR="00507644" w:rsidRPr="00710385" w:rsidRDefault="00507644" w:rsidP="00507644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00710385">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0265BD4B" wp14:editId="4728D2AA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-41579</wp:posOffset>
@@ -1424,51 +1756,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="1404620"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6A6DEB0E" w14:textId="407D3190" w:rsidR="00507644" w:rsidRPr="00507644" w:rsidRDefault="00507644" w:rsidP="003F2380">
+                        <w:p w14:paraId="6A6DEB0E" w14:textId="48300D7B" w:rsidR="00507644" w:rsidRPr="00507644" w:rsidRDefault="00507644" w:rsidP="003F2380">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -1489,88 +1821,118 @@
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidRPr="00507644">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> | </w:t>
                           </w:r>
+                          <w:r w:rsidR="009C7753">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Decembe</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005E277B">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>r</w:t>
+                          </w:r>
                           <w:r w:rsidR="009D26D1">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t xml:space="preserve"> 202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005E277B">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0265BD4B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:-3.25pt;width:145.2pt;height:110.6pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2C3y5BAIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ0iIz4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8l2+nQvQ3zg0CZ5CF5eLS9GzrDzgq9Blvy5SLnTFkJtbbHkn//dniz&#10;4cwHYWthwKqSX5Tnd7vXr7a9K9QKWjC1QkYg1he9K3kbgiuyzMtWdcIvwClLzgawE4GueMxqFD2h&#10;dyZb5flt1gPWDkEq7+nvw+jku4TfNEqGL03jVWCm5NRbSCems4pnttuK4ojCtVpObYh/6KIT2lLR&#10;K9SDCIKdUP8F1WmJ4KEJCwldBk2jpUoz0DTL/MU0T61wKs1C5Hh3pcn/P1j5+fzkviILwzsYaIFp&#10;CO8eQf7wzMK+Ffao7hGhb5WoqfAyUpb1zhdTaqTaFz6CVP0nqGnJ4hQgAQ0NdpEVmpMROi3gciVd&#10;DYHJWHKzXudrcknyLcm8XaW1ZKKY0x368EFBx6JRcqStJnhxfvQhtiOKOSRW82B0fdDGpAseq71B&#10;dhakgEP60gQvwoxlfcnf3qxuErKFmJ/E0elACjW6K/kmj9+omUjHe1unkCC0GW3qxNiJn0jJSE4Y&#10;qoHpeiIv0lVBfSHCEEZB0gMiowX8xVlPYiy5/3kSqDgzHy2RHpU7Gzgb1WwIKym15IGz0dyHpPA0&#10;vrunZRx0oum58tQiiSqxNz2AqNo/7ynq+ZnufgMAAP//AwBQSwMEFAAGAAgAAAAhAF0g48LhAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPAjEQhe8m/odmTLxBu4CA63YJmmg8ImLCsWzH7cZ2&#10;um7LsvLrLSc9TubLe98rVoOzrMcuNJ4kZGMBDKnyuqFawu79ebQEFqIirawnlPCDAVbl9VWhcu1P&#10;9Ib9NtYshVDIlQQTY5tzHiqDToWxb5HS79N3TsV0djXXnTqlcGf5RIg5d6qh1GBUi08Gq6/t0Um4&#10;f+0/jH3ce01Lk633L+fvze4s5e3NsH4AFnGIfzBc9JM6lMnp4I+kA7MSFtl0llAJo/kdsAsgxDSN&#10;OUiYZLMF8LLg/zeUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD2C3y5BAIAAO4DAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBdIOPC4QAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6A6DEB0E" w14:textId="407D3190" w:rsidR="00507644" w:rsidRPr="00507644" w:rsidRDefault="00507644" w:rsidP="003F2380">
+                  <w:p w14:paraId="6A6DEB0E" w14:textId="48300D7B" w:rsidR="00507644" w:rsidRPr="00507644" w:rsidRDefault="00507644" w:rsidP="003F2380">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -1591,59 +1953,89 @@
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="00507644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> | </w:t>
                     </w:r>
+                    <w:r w:rsidR="009C7753">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Decembe</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005E277B">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>r</w:t>
+                    </w:r>
                     <w:r w:rsidR="009D26D1">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t xml:space="preserve"> 202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005E277B">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00710385">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0166A593" wp14:editId="59EAB7F1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -1679,169 +2071,169 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="11DDCB41" id="Straight Connector 1" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
+            <v:line w14:anchorId="417BC806" id="Straight Connector 1" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00710385">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r w:rsidRPr="00710385">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="17912AF7" w14:textId="7A0B8EB6" w:rsidR="008831C4" w:rsidRPr="00710385" w:rsidRDefault="00507644" w:rsidP="00507644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00710385">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BFEB5F5" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D" w:rsidP="0089763D">
+    <w:p w14:paraId="5741FA7E" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C089C2A" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D" w:rsidP="0089763D">
+    <w:p w14:paraId="6B36C169" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="081E7887" w14:textId="77777777" w:rsidR="005E527D" w:rsidRDefault="005E527D">
+    <w:p w14:paraId="4EC8214A" w14:textId="77777777" w:rsidR="00181B4F" w:rsidRDefault="00181B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2AC8887E" w14:textId="48F49CE9" w:rsidR="00AB32B9" w:rsidRDefault="004B4494">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2AC8887E" w14:textId="48F49CE9" w:rsidR="00AB32B9" w:rsidRDefault="000E4D56">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="0B61FB5C">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject22567251" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658234;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1246E44E" w14:textId="0C04154F" w:rsidR="0089763D" w:rsidRDefault="004B4494">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1246E44E" w14:textId="0C04154F" w:rsidR="0089763D" w:rsidRDefault="000E4D56">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="0272DFE5">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
@@ -1914,52 +2306,52 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="44B1496B" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4C198E45" w14:textId="59384A15" w:rsidR="008831C4" w:rsidRDefault="004B4494" w:rsidP="009C6916">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C198E45" w14:textId="59384A15" w:rsidR="008831C4" w:rsidRDefault="000E4D56" w:rsidP="009C6916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="7F0E0DE7">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
@@ -2020,51 +2412,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="220F9F02" w14:textId="77777777" w:rsidR="009C6916" w:rsidRDefault="009C6916" w:rsidP="009C6916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27093D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EF455DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2263,273 +2655,309 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="296375764">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1173422966">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNrQ0N7A0NzczM7A0NjNX0lEKTi0uzszPAykwNKkFAKKx6tUtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00450F8C"/>
+    <w:rsid w:val="000070E9"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="00072ABF"/>
     <w:rsid w:val="000827FD"/>
+    <w:rsid w:val="00083E6E"/>
     <w:rsid w:val="00085B00"/>
     <w:rsid w:val="00085EC8"/>
     <w:rsid w:val="00091C32"/>
     <w:rsid w:val="000E0DB0"/>
+    <w:rsid w:val="000E4D56"/>
     <w:rsid w:val="000F4DE1"/>
+    <w:rsid w:val="000F598C"/>
     <w:rsid w:val="00101FE8"/>
     <w:rsid w:val="0012065C"/>
     <w:rsid w:val="0012736E"/>
     <w:rsid w:val="00134746"/>
     <w:rsid w:val="00137BAF"/>
+    <w:rsid w:val="001451A7"/>
+    <w:rsid w:val="001716F3"/>
+    <w:rsid w:val="00181B4F"/>
     <w:rsid w:val="001966E1"/>
+    <w:rsid w:val="001A27E1"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="001B587F"/>
     <w:rsid w:val="001C58DA"/>
+    <w:rsid w:val="001D3C37"/>
     <w:rsid w:val="0024323A"/>
     <w:rsid w:val="002445D8"/>
     <w:rsid w:val="0025676C"/>
+    <w:rsid w:val="002716A0"/>
     <w:rsid w:val="00276743"/>
     <w:rsid w:val="00282627"/>
     <w:rsid w:val="002862D8"/>
     <w:rsid w:val="00286ECB"/>
     <w:rsid w:val="00297233"/>
+    <w:rsid w:val="002A0E39"/>
     <w:rsid w:val="002B1192"/>
     <w:rsid w:val="002B2280"/>
+    <w:rsid w:val="002D04EC"/>
     <w:rsid w:val="002D377C"/>
     <w:rsid w:val="002E1974"/>
     <w:rsid w:val="003034EB"/>
     <w:rsid w:val="0032714A"/>
     <w:rsid w:val="00364BE0"/>
+    <w:rsid w:val="00373F41"/>
     <w:rsid w:val="0038639E"/>
     <w:rsid w:val="00397595"/>
     <w:rsid w:val="003A6CEE"/>
     <w:rsid w:val="003A70E7"/>
     <w:rsid w:val="003D59CE"/>
     <w:rsid w:val="003E4626"/>
     <w:rsid w:val="003E6075"/>
     <w:rsid w:val="003E7100"/>
     <w:rsid w:val="003F1597"/>
     <w:rsid w:val="003F2380"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="0044051B"/>
     <w:rsid w:val="00447450"/>
     <w:rsid w:val="00450F8C"/>
     <w:rsid w:val="004652B7"/>
+    <w:rsid w:val="004714CB"/>
     <w:rsid w:val="00480466"/>
+    <w:rsid w:val="004A179A"/>
     <w:rsid w:val="004B4494"/>
     <w:rsid w:val="004C7BB6"/>
     <w:rsid w:val="004D76D1"/>
     <w:rsid w:val="00507644"/>
     <w:rsid w:val="00524263"/>
     <w:rsid w:val="00542B2B"/>
     <w:rsid w:val="005616B1"/>
+    <w:rsid w:val="00571D25"/>
     <w:rsid w:val="005864D1"/>
     <w:rsid w:val="00591685"/>
     <w:rsid w:val="005A6A66"/>
     <w:rsid w:val="005B5C88"/>
+    <w:rsid w:val="005E277B"/>
     <w:rsid w:val="005E527D"/>
     <w:rsid w:val="00616AD7"/>
     <w:rsid w:val="00665EBF"/>
     <w:rsid w:val="00670C64"/>
     <w:rsid w:val="00671B7E"/>
+    <w:rsid w:val="006A64D5"/>
     <w:rsid w:val="00710385"/>
+    <w:rsid w:val="0071648B"/>
     <w:rsid w:val="00720630"/>
     <w:rsid w:val="0073456D"/>
     <w:rsid w:val="00772246"/>
     <w:rsid w:val="0078352D"/>
+    <w:rsid w:val="007846AD"/>
     <w:rsid w:val="00784CA2"/>
     <w:rsid w:val="00796E22"/>
     <w:rsid w:val="007C058D"/>
     <w:rsid w:val="007C1283"/>
     <w:rsid w:val="007D67CF"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="00850868"/>
     <w:rsid w:val="00860215"/>
     <w:rsid w:val="00875D8C"/>
     <w:rsid w:val="008831C4"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008B4FC9"/>
+    <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008D3EA1"/>
     <w:rsid w:val="008E5081"/>
     <w:rsid w:val="008F01E9"/>
     <w:rsid w:val="00906028"/>
+    <w:rsid w:val="009145D8"/>
     <w:rsid w:val="009204AE"/>
     <w:rsid w:val="009219BE"/>
     <w:rsid w:val="009264E5"/>
+    <w:rsid w:val="009522BD"/>
     <w:rsid w:val="009A343D"/>
     <w:rsid w:val="009A6FA9"/>
     <w:rsid w:val="009C6916"/>
+    <w:rsid w:val="009C7182"/>
+    <w:rsid w:val="009C7753"/>
     <w:rsid w:val="009D26D1"/>
     <w:rsid w:val="009E2D10"/>
+    <w:rsid w:val="009F3674"/>
     <w:rsid w:val="00A23392"/>
+    <w:rsid w:val="00A3482F"/>
     <w:rsid w:val="00A46573"/>
     <w:rsid w:val="00A54C26"/>
     <w:rsid w:val="00A7135B"/>
     <w:rsid w:val="00A85915"/>
     <w:rsid w:val="00AB32B9"/>
+    <w:rsid w:val="00B21929"/>
     <w:rsid w:val="00B95850"/>
     <w:rsid w:val="00BB3C25"/>
     <w:rsid w:val="00BE5EA3"/>
     <w:rsid w:val="00C03748"/>
     <w:rsid w:val="00C41931"/>
+    <w:rsid w:val="00C52521"/>
+    <w:rsid w:val="00C624C4"/>
     <w:rsid w:val="00C659BD"/>
     <w:rsid w:val="00CA780E"/>
     <w:rsid w:val="00CC130D"/>
     <w:rsid w:val="00CC5D54"/>
     <w:rsid w:val="00CC5F7D"/>
     <w:rsid w:val="00CD37E3"/>
     <w:rsid w:val="00CD50C9"/>
     <w:rsid w:val="00CE130D"/>
     <w:rsid w:val="00D10996"/>
     <w:rsid w:val="00D31E4A"/>
     <w:rsid w:val="00D87DF3"/>
     <w:rsid w:val="00DD0301"/>
+    <w:rsid w:val="00DD0711"/>
     <w:rsid w:val="00DD277F"/>
     <w:rsid w:val="00DE37A0"/>
     <w:rsid w:val="00DF1924"/>
     <w:rsid w:val="00E21E96"/>
     <w:rsid w:val="00E22C85"/>
     <w:rsid w:val="00E45AB4"/>
     <w:rsid w:val="00E47E8E"/>
     <w:rsid w:val="00E85FF4"/>
     <w:rsid w:val="00E96F29"/>
+    <w:rsid w:val="00EC4F10"/>
     <w:rsid w:val="00EC77F0"/>
     <w:rsid w:val="00ED1834"/>
     <w:rsid w:val="00EE4940"/>
+    <w:rsid w:val="00EE5EE7"/>
     <w:rsid w:val="00EF7CC9"/>
     <w:rsid w:val="00F224F0"/>
     <w:rsid w:val="00F241BF"/>
     <w:rsid w:val="00F24911"/>
     <w:rsid w:val="00F423D5"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00F95F1C"/>
     <w:rsid w:val="00FB7DC9"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FC761F"/>
     <w:rsid w:val="00FD3D1E"/>
+    <w:rsid w:val="00FE1219"/>
     <w:rsid w:val="00FE6433"/>
     <w:rsid w:val="0403071B"/>
     <w:rsid w:val="0F0D50A7"/>
     <w:rsid w:val="2071D005"/>
     <w:rsid w:val="249F3290"/>
     <w:rsid w:val="3D3F2C99"/>
     <w:rsid w:val="40BF5EFF"/>
     <w:rsid w:val="624FC9C2"/>
     <w:rsid w:val="70AFEB68"/>
     <w:rsid w:val="7151D0A9"/>
     <w:rsid w:val="7CDB2983"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="74896B53"/>
   <w15:docId w15:val="{74D7332A-447D-4F3D-AEA9-34FC64B1F7F4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3174,55 +3602,65 @@
     <w:semiHidden/>
     <w:rsid w:val="004652B7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FD3D1E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0071648B"/>
+    <w:pPr>
+      <w:widowControl/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ca20823\Downloads\Blank-page-with-logo-only%20(9).dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3439,100 +3877,95 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
     <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
-    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3563,50 +3996,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3706,164 +4144,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F446BA30-2237-4274-89D0-829AF3DC57C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C97096-27EE-4D8A-ACBC-76267E397C07}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
-[...24 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{374209EE-5E90-4147-93D4-1F31EAEFF45D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE4987CF-7A74-42A6-BBEC-9EC2C69818D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F446BA30-2237-4274-89D0-829AF3DC57C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Blank-page-with-logo-only (9)</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>208</Words>
-  <Characters>1233</Characters>
+  <Words>245</Words>
+  <Characters>1384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Housing and Educational Rights Template 2021 Final</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1431</CharactersWithSpaces>
+  <CharactersWithSpaces>1615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Housing and Educational Rights Template 2021 Final</dc:title>
+  <dc:title>Housing and Educational Rights Template 2025 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa Waters</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Illustrator CS6 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2015-04-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x01010046DD4C04616E81499BC0A04B6F1D12A7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="GrammarlyDocumentId">
     <vt:lpwstr>fc0a05c9ae184cdec3a444f08b825e0d520f3da1afa84ee47739b6c059a180f1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Order">
+    <vt:r8>2327200</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>