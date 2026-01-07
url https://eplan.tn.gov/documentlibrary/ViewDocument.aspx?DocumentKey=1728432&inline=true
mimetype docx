--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C317B32" w14:textId="4103317E" w:rsidR="000C381A" w:rsidRPr="008428C9" w:rsidRDefault="002459B0" w:rsidP="00F2158E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk51832661"/>
       <w:r w:rsidRPr="008428C9">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Sample </w:t>
       </w:r>
       <w:r w:rsidR="000C381A" w:rsidRPr="008428C9">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
@@ -366,81 +366,65 @@
     <w:p w14:paraId="57D1B7C5" w14:textId="77777777" w:rsidR="00815967" w:rsidRPr="004025F9" w:rsidRDefault="007B670A" w:rsidP="007B670A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004025F9">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>To authorize enrollment of a minor in school, complete items 1-4 and sign the form</w:t>
       </w:r>
       <w:r w:rsidR="000D489D" w:rsidRPr="004025F9">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C317B38" w14:textId="69255243" w:rsidR="007B670A" w:rsidRPr="004025F9" w:rsidRDefault="007B670A" w:rsidP="007B670A">
+    <w:p w14:paraId="1C317B38" w14:textId="3FC91756" w:rsidR="007B670A" w:rsidRPr="004025F9" w:rsidRDefault="007B670A" w:rsidP="007B670A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004025F9">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>To authorize enrollment and school-related medical care, complete all items</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and sign the form.</w:t>
+        <w:t>To authorize enrollment and school-related medical care, complete all items and sign the form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C317B39" w14:textId="77777777" w:rsidR="007B670A" w:rsidRPr="004025F9" w:rsidRDefault="007B670A" w:rsidP="00FE3064">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004025F9">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The minor listed below lives in my home, and I am 18 years of age or older.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C317B3A" w14:textId="1FB55E16" w:rsidR="007B670A" w:rsidRPr="004025F9" w:rsidRDefault="007B670A" w:rsidP="001B3E37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -961,70 +945,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> Date: </w:t>
       </w:r>
       <w:r w:rsidR="007B670A">
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E47E8E" w:rsidRPr="007F0931" w:rsidSect="001B3E37">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="69893F20" w14:textId="77777777" w:rsidR="00C221D1" w:rsidRDefault="00C221D1" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="40C98936" w14:textId="77777777" w:rsidR="00C221D1" w:rsidRDefault="00C221D1" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
@@ -1037,51 +1021,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Caslon Pro">
     <w:altName w:val="Palatino Linotype"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="099B6FB2" w14:textId="77777777" w:rsidR="001B3E37" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C63EBD8" wp14:editId="505BB20E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-41275</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1844040" cy="341630"/>
@@ -1095,51 +1079,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="343535"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6DE36A29" w14:textId="737D6306" w:rsidR="001B3E37" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
+                        <w:p w14:paraId="6DE36A29" w14:textId="0234C55F" w:rsidR="001B3E37" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -1158,90 +1142,100 @@
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> | Revised </w:t>
+                            <w:t xml:space="preserve"> | </w:t>
                           </w:r>
-                          <w:r w:rsidR="004025F9">
+                          <w:r w:rsidR="00577476">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t xml:space="preserve">December </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00404160">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6C63EBD8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:-3.25pt;width:145.2pt;height:26.9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzbfQGCwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Q36EZNV0uXIqTl&#10;Ii18gOs4jYXjMWO3Sfl6xk62W+ANkQdrJjM+M3PmeH3bt4adFHoNtuTTSc6ZshIqbQ8l//Z192rF&#10;mQ/CVsKAVSU/K89vNy9frDtXqBk0YCqFjECsLzpX8iYEV2SZl41qhZ+AU5aCNWArArl4yCoUHaG3&#10;Jpvl+eusA6wcglTe09/7Icg3Cb+ulQyf69qrwEzJqbeQTkznPp7ZZi2KAwrXaDm2If6hi1ZoS0Uv&#10;UPciCHZE/RdUqyWChzpMJLQZ1LWWKs1A00zzP6Z5bIRTaRYix7sLTf7/wcpPp0f3BVno30JPC0xD&#10;ePcA8rtnFraNsAd1hwhdo0RFhaeRsqxzvhivRqp94SPIvvsIFS1ZHAMkoL7GNrJCczJCpwWcL6Sr&#10;PjAZS64Wi3xBIUmx+WK+nC9TCVE83Xbow3sFLYtGyZGWmtDF6cGH2I0onlJiMQ9GVzttTHLwsN8a&#10;ZCdBAtilb0T/Lc1Y1pX8ZjlbJmQL8X7SRqsDCdTotuSrPH6DZCIb72yVUoLQZrCpE2NHeiIjAzeh&#10;3/eUGGnaQ3UmohAGIdLDIaMB/MlZRyIsuf9xFKg4Mx8skX0zJW5ItclZLN/MyMHryP46IqwkqJIH&#10;zgZzG5LSEw/ujpay04mv507GXklcicbxIUT1Xvsp6/m5bn4BAAD//wMAUEsDBBQABgAIAAAAIQBl&#10;pzDy3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrukDxQyqSoqNiyQ&#10;KEiwdONJHBE/ZLtp+HvcFV2O5ujec6vtZAY2Uoi9swiLuQBGtnGqtx3C58fL7BFYTNIqOThLCL8U&#10;YVvf3lSyVO5s32k8pI7lEBtLiaBT8iXnsdFkZJw7Tzb/WheMTPkMHVdBnnO4GfiDEGtuZG9zg5ae&#10;njU1P4eTQfgyulf78PbdqmHcv7a7lZ+CR7y/m3ZPwBJN6R+Gi35Whzo7Hd3JqsgGhM2iWGYUYbZe&#10;AbsAQhR5zBFhuSmA1xW/nlD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHNt9AYLAgAA&#10;9gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGWnMPLf&#10;AAAACgEAAA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="6DE36A29" w14:textId="737D6306" w:rsidR="001B3E37" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
+                  <w:p w14:paraId="6DE36A29" w14:textId="0234C55F" w:rsidR="001B3E37" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -1260,61 +1254,71 @@
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> | Revised </w:t>
+                      <w:t xml:space="preserve"> | </w:t>
                     </w:r>
-                    <w:r w:rsidR="004025F9">
+                    <w:r w:rsidR="00577476">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t xml:space="preserve">December </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00404160">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68CAB533" wp14:editId="439657DE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-92710</wp:posOffset>
               </wp:positionV>
@@ -1346,98 +1350,98 @@
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:line id="Straight Connector 10" style="position:absolute;flip:y;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" alt="Title: line - Description: Red Line&#10;" o:spid="_x0000_s1026" strokecolor="#c82630" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" w14:anchorId="799FE308" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1XEli8gEAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxH6wgcaNJC6qq0HSFulou&#10;K6h2gbvrjBNL/tLYtOm/Z+yk2RUgJBAXKx7PezPvzWR7MxjNToBBOdsUy0VVMLDCtcp2TfH1y92b&#10;TcFC5Lbl2lloiguE4mb38sX27GtYud7pFpARiQ312TdFH6OvyzKIHgwPC+fB0qN0aHikK3Zli/xM&#10;7EaXq6pal2eHrUcnIASK3o6PxS7zSwkifpYyQGS6Kai3mE/M5zGd5W7L6w6575WY2uD/0IXhylLR&#10;meqWR86+o/qFyiiBLjgZF8KZ0kmpBGQNpGZZ/aTmseceshYyJ/jZpvD/aMWn0wGZaml2ZI/lhmb0&#10;GJGrro9s76wlBx2y9NhCEOTcA7TsXll4/Wr48J4cVVETRlMkmXn2oSbOvT3gdAv+gMmZQaJhUiv/&#10;jWplr0g9G/IoLvMoYIhMUHD9rqo2FVUV17dypEhUHkP8CM6w9DHVTnF+ug+RylLqNSWFtU1ncFq1&#10;d0rrfMHuuNfITpz2Yr9Zrd/mVSDgszS6JWiZNI0q8le8aBhpH0CSddTtqCcvLcy0XAiwcZlcyUyU&#10;nWCSWpiBVTbij8ApP0EhL/TfgGdEruxsnMFGWYe/qx6Ha8tyzL86MOpOFhxde8nzzdbQZmaF01+U&#10;Vv/5PcOf/vXdDwAAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2p9+fy+1i&#10;R3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErCEKMvOA/d&#10;gFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9NWbfPOde&#10;yuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALVcSWLyAQAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAATAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;"/>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="1A332737" id="Straight Connector 10" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B18AAF9" w14:textId="77777777" w:rsidR="001B3E37" w:rsidRPr="006D4B14" w:rsidRDefault="001B3E37" w:rsidP="001B3E37">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5934C110" w14:textId="2E4D3BDA" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22EAAEF9" wp14:editId="231D18CD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-41275</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1844040" cy="341630"/>
@@ -1451,51 +1455,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="343535"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="69F33B8F" w14:textId="3F927FD6" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
+                        <w:p w14:paraId="69F33B8F" w14:textId="4E151F65" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -1516,88 +1520,98 @@
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> | </w:t>
                           </w:r>
-                          <w:r w:rsidR="00F32785">
+                          <w:r w:rsidR="00A84715">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t>December</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00404160">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="22EAAEF9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 217" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:-3.25pt;width:145.2pt;height:26.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAqSRrDgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Q36EZNV0uXIqTl&#10;Ii18gOs4jYXjMWO3Sfl6xk62W+ANkQdrJjM+M3PmeH3bt4adFHoNtuTTSc6ZshIqbQ8l//Z192rF&#10;mQ/CVsKAVSU/K89vNy9frDtXqBk0YCqFjECsLzpX8iYEV2SZl41qhZ+AU5aCNWArArl4yCoUHaG3&#10;Jpvl+eusA6wcglTe09/7Icg3Cb+ulQyf69qrwEzJqbeQTkznPp7ZZi2KAwrXaDm2If6hi1ZoS0Uv&#10;UPciCHZE/RdUqyWChzpMJLQZ1LWWKs1A00zzP6Z5bIRTaRYix7sLTf7/wcpPp0f3BVno30JPC0xD&#10;ePcA8rtnFraNsAd1hwhdo0RFhaeRsqxzvhivRqp94SPIvvsIFS1ZHAMkoL7GNrJCczJCpwWcL6Sr&#10;PjAZS64Wi3xBIUmx+WK+nC9TCVE83Xbow3sFLYtGyZGWmtDF6cGH2I0onlJiMQ9GVzttTHLwsN8a&#10;ZCdBAtilb0T/Lc1Y1pX8ZjlbJmQL8X7SRqsDCdTotuSrPH6DZCIb72yVUoLQZrCpE2NHeiIjAzeh&#10;3/dMVyN3ka09VGfiC2HQI70fMhrAn5x1pMWS+x9HgYoz88ES5zdToojEm5zF8s2MHLyO7K8jwkqC&#10;KnngbDC3IQk+0eHuaDc7nWh77mRsmTSW2BzfQxTxtZ+ynl/t5hcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlpzDy3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrukDxQyqSoq&#10;NiyQKEiwdONJHBE/ZLtp+HvcFV2O5ujec6vtZAY2Uoi9swiLuQBGtnGqtx3C58fL7BFYTNIqOThL&#10;CL8UYVvf3lSyVO5s32k8pI7lEBtLiaBT8iXnsdFkZJw7Tzb/WheMTPkMHVdBnnO4GfiDEGtuZG9z&#10;g5aenjU1P4eTQfgyulf78PbdqmHcv7a7lZ+CR7y/m3ZPwBJN6R+Gi35Whzo7Hd3JqsgGhM2iWGYU&#10;YbZeAbsAQhR5zBFhuSmA1xW/nlD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAECpJGsO&#10;AgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGWn&#10;MPLfAAAACgEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="69F33B8F" w14:textId="3F927FD6" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
+                  <w:p w14:paraId="69F33B8F" w14:textId="4E151F65" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -1618,59 +1632,69 @@
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> | </w:t>
                     </w:r>
-                    <w:r w:rsidR="00F32785">
+                    <w:r w:rsidR="00A84715">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t>December</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00404160">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="4A442A" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20474A1F" wp14:editId="5C9A5C2A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-92710</wp:posOffset>
               </wp:positionV>
@@ -1702,164 +1726,164 @@
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:line id="Straight Connector 8" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" alt="Title: line - Description: Red Line&#10;" o:spid="_x0000_s1026" strokecolor="#c82630" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" w14:anchorId="0AE4A263" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTZMLJ8gEAADEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxH6wgcaNJC6qq0HSFulou&#10;K6h2gbvrjBNL/tLYtOm/Z+yk2RUgJBAXKx7PezPvzWR7MxjNToBBOdsUy0VVMLDCtcp2TfH1y92b&#10;TcFC5Lbl2lloiguE4mb38sX27GtYud7pFpARiQ312TdFH6OvyzKIHgwPC+fB0qN0aHikK3Zli/xM&#10;7EaXq6pal2eHrUcnIASK3o6PxS7zSwkifpYyQGS6Kai3mE/M5zGd5W7L6w6575WY2uD/0IXhylLR&#10;meqWR86+o/qFyiiBLjgZF8KZ0kmpBGQNpGZZ/aTmseceshYyJ/jZpvD/aMWn0wGZapuCBmW5oRE9&#10;RuSq6yPbO2vJQIeM3loIgnx7gJbdKwuvXw0f3pOfKmqCaIokK88+1MS4twecbsEfMPkySDRMauW/&#10;0ZZkp0g7G/IgLvMgYIhMUHD9rqo2Fc1LXN/KkSJReQzxIzjD0sdUO8X56T5EKkup15QU1jadwWnV&#10;3imt8wW7414jO3Haiv1mtX6bF4GAz9LolqBl0jSqyF/xomGkfQBJxlG3o568sjDTciHAxmVyJTNR&#10;doJJamEGVtmIPwKn/ASFvM5/A54RubKzcQYbZR3+rnocri3LMf/qwKg7WXB07SXPN1tDe5kVTv9Q&#10;Wvzn9wx/+tN3PwAAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2p9+fy+1i&#10;R3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErCEKMvOA/d&#10;gFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9NWbfPOde&#10;yuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFNkwsnyAQAAMQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAATAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;"/>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="36793AB5" id="Straight Connector 8" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1C317B5A" w14:textId="2325B808" w:rsidR="008831C4" w:rsidRPr="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="106F7DAE" w14:textId="77777777" w:rsidR="00C221D1" w:rsidRDefault="00C221D1" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="349E3729" w14:textId="77777777" w:rsidR="00C221D1" w:rsidRDefault="00C221D1" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7AC33D41" w14:textId="06F25B2E" w:rsidR="00527389" w:rsidRDefault="003D26F9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AC33D41" w14:textId="06F25B2E" w:rsidR="00527389" w:rsidRDefault="00200FA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="421050A3">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject22380422" o:spid="_x0000_s2052" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251648000;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C317B53" w14:textId="6C99BD67" w:rsidR="0089763D" w:rsidRDefault="003D26F9" w:rsidP="006D4B14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C317B53" w14:textId="6C99BD67" w:rsidR="0089763D" w:rsidRDefault="00200FA7" w:rsidP="006D4B14">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="769C7DF9">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
@@ -1915,52 +1939,52 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1481455" cy="585470"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="757C2B89" w14:textId="77777777" w:rsidR="006D4B14" w:rsidRPr="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C317B58" w14:textId="1DFFB796" w:rsidR="008831C4" w:rsidRDefault="003D26F9" w:rsidP="006D4B14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C317B58" w14:textId="1DFFB796" w:rsidR="008831C4" w:rsidRDefault="00200FA7" w:rsidP="006D4B14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="375048A5">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
@@ -2021,51 +2045,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6AEE48AF" w14:textId="77777777" w:rsidR="006D4B14" w:rsidRDefault="006D4B14" w:rsidP="006D4B14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="514D2A66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A845AB6"/>
     <w:lvl w:ilvl="0" w:tplc="0DCEDE82">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2118,52 +2142,52 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1722944827">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -2172,145 +2196,152 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNrQ0N7AwNDczNzEzMjNQ0lEKTi0uzszPAykwNKgFAI51Wu8tAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007B670A"/>
     <w:rsid w:val="00004DDC"/>
     <w:rsid w:val="00010190"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="000827FD"/>
     <w:rsid w:val="000C381A"/>
     <w:rsid w:val="000C44AA"/>
     <w:rsid w:val="000D489D"/>
     <w:rsid w:val="000F0B06"/>
     <w:rsid w:val="0012065C"/>
     <w:rsid w:val="00134746"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="001B00E0"/>
     <w:rsid w:val="001B3E37"/>
     <w:rsid w:val="001C1201"/>
     <w:rsid w:val="001E21BB"/>
+    <w:rsid w:val="00200FA7"/>
     <w:rsid w:val="002459B0"/>
     <w:rsid w:val="00297233"/>
+    <w:rsid w:val="002A10ED"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="00391F68"/>
     <w:rsid w:val="003C37AC"/>
     <w:rsid w:val="004025F9"/>
+    <w:rsid w:val="00404160"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="00476296"/>
     <w:rsid w:val="00497688"/>
     <w:rsid w:val="004B4A85"/>
     <w:rsid w:val="00527389"/>
     <w:rsid w:val="00542B2B"/>
     <w:rsid w:val="005616B1"/>
+    <w:rsid w:val="00577476"/>
     <w:rsid w:val="005C192B"/>
     <w:rsid w:val="00616ABA"/>
     <w:rsid w:val="00665EBF"/>
     <w:rsid w:val="00671B7E"/>
     <w:rsid w:val="006C190E"/>
     <w:rsid w:val="006D46C0"/>
     <w:rsid w:val="006D4B14"/>
     <w:rsid w:val="007140CD"/>
     <w:rsid w:val="00772246"/>
     <w:rsid w:val="00772FB4"/>
     <w:rsid w:val="00787C13"/>
     <w:rsid w:val="007B670A"/>
     <w:rsid w:val="007F0931"/>
     <w:rsid w:val="007F7F4D"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="00815967"/>
     <w:rsid w:val="008428C9"/>
     <w:rsid w:val="00875937"/>
     <w:rsid w:val="008831C4"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008C22B4"/>
     <w:rsid w:val="009012EC"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="009A343D"/>
+    <w:rsid w:val="00A84715"/>
     <w:rsid w:val="00A877FD"/>
     <w:rsid w:val="00B245D4"/>
+    <w:rsid w:val="00B34021"/>
     <w:rsid w:val="00BA6563"/>
     <w:rsid w:val="00BC4773"/>
     <w:rsid w:val="00C221D1"/>
     <w:rsid w:val="00C41931"/>
     <w:rsid w:val="00C46285"/>
     <w:rsid w:val="00C84D17"/>
     <w:rsid w:val="00D37BC3"/>
     <w:rsid w:val="00D67B7C"/>
     <w:rsid w:val="00D76BE8"/>
     <w:rsid w:val="00DD277F"/>
     <w:rsid w:val="00E47E8E"/>
     <w:rsid w:val="00E96F29"/>
     <w:rsid w:val="00EC0F0B"/>
+    <w:rsid w:val="00EC4F10"/>
     <w:rsid w:val="00F2158E"/>
     <w:rsid w:val="00F224F0"/>
     <w:rsid w:val="00F32785"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00FA310E"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FD2820"/>
     <w:rsid w:val="00FE3064"/>
     <w:rsid w:val="587625CD"/>
     <w:rsid w:val="5BBA6F2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C317B31"/>
   <w15:docId w15:val="{FAA275C1-BFFA-4AEC-B06C-40B00959FB5F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2892,51 +2923,51 @@
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="007B670A"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Caslon Pro" w:hAnsi="Adobe Caslon Pro" w:cs="Adobe Caslon Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="37318361">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1033771817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3195,90 +3226,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3309,50 +3330,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3452,141 +3478,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73D020CD-A7EB-43E4-AB86-2B14431071DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D71C9CE-3BF3-4618-AF11-45AD18918B28}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC14B1EF-A307-40A0-9B21-F78CB3F80C44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C97096-27EE-4D8A-ACBC-76267E397C07}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="d96adafe-4c63-4b28-85ee-44c0bdde9bbb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Blank-page-with-logo-only (7)</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>345</Words>
+  <Words>344</Words>
   <Characters>1938</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>State Letterhead-2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2262</CharactersWithSpaces>
+  <CharactersWithSpaces>2259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>McKinney-Vento Caregiver Authorization Form 2021 Final</dc:title>
   <dc:creator>Vanessa Waters</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Illustrator CS6 (Macintosh)</vt:lpwstr>
@@ -3599,27 +3645,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>2595400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="GrammarlyDocumentId">
     <vt:lpwstr>8457ef76dcacb562cdbe285cf55a006e9e8d0a86dc9f963fc5b464063fdf641b</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>