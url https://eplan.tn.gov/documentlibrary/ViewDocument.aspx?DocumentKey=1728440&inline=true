--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4EBDD506" w14:textId="6C8B9313" w:rsidR="00D875C9" w:rsidRPr="00FF14BC" w:rsidRDefault="00D875C9" w:rsidP="008262EC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">McKinney-Vento Housing Form Template </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41962E46" w14:textId="4AAD0C55" w:rsidR="00617E57" w:rsidRPr="00FF14BC" w:rsidRDefault="00617E57" w:rsidP="008262EC">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -70,75 +69,107 @@
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Instructions for LEAs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3E1C38" w14:textId="77777777" w:rsidR="008262EC" w:rsidRDefault="008262EC" w:rsidP="00617E57">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="506C18F6" w14:textId="007B8230" w:rsidR="00617E57" w:rsidRPr="00FF14BC" w:rsidRDefault="00A27717" w:rsidP="00617E57">
+    <w:p w14:paraId="506C18F6" w14:textId="2A26494D" w:rsidR="00617E57" w:rsidRPr="00FF14BC" w:rsidRDefault="00A27717" w:rsidP="00617E57">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The McKinney-Vento Act provides certain rights for homeless students. This includes waiving certain requirements such as proof of residency when students are enrolling and allowing eligibility for certain services, such as free textbooks and other services. The department also encourages </w:t>
+        <w:t>The McKinney-Vento Act provides certain rights for homeless students. This includes waiving certain requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB47E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as proof of residency when students are enrolling</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB47E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and allowing eligibility for certain services, such as free textbooks and other services. The department also encourages </w:t>
       </w:r>
       <w:r w:rsidR="00BD440F" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>local educational agencies (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEAs</w:t>
       </w:r>
       <w:r w:rsidR="00BD440F" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -155,50 +186,58 @@
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Housing </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB47E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Housing Questionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C5C48" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
@@ -881,76 +920,88 @@
         <w:t>Address</w:t>
       </w:r>
       <w:r w:rsidR="00B918A4" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00450F8C" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFDE3EE" w14:textId="75E92B54" w:rsidR="00292FD1" w:rsidRPr="00FF14BC" w:rsidRDefault="00D875C9" w:rsidP="00FF14BC">
+    <w:p w14:paraId="4CFDE3EE" w14:textId="60AD4F7C" w:rsidR="00292FD1" w:rsidRPr="00FF14BC" w:rsidRDefault="00D875C9" w:rsidP="00FF14BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Address line 1</w:t>
       </w:r>
+      <w:r w:rsidR="0095001F">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA345E9" w14:textId="780C927E" w:rsidR="00D875C9" w:rsidRPr="00FF14BC" w:rsidRDefault="00D875C9" w:rsidP="00FF14BC">
       <w:pPr>
         <w:tabs>
@@ -971,75 +1022,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Address Line 2:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F4A095" w14:textId="5EE0C790" w:rsidR="00BC5483" w:rsidRPr="00FF14BC" w:rsidRDefault="00450F8C" w:rsidP="00FF14BC">
+    <w:p w14:paraId="18F4A095" w14:textId="4A0B0D0C" w:rsidR="00BC5483" w:rsidRPr="00FF14BC" w:rsidRDefault="00450F8C" w:rsidP="00FF14BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4230"/>
           <w:tab w:val="right" w:pos="8010"/>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">City </w:t>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B27E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D875C9" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>State:</w:t>
       </w:r>
       <w:r w:rsidR="00D875C9" w:rsidRPr="00FF14BC">
@@ -1051,105 +1123,194 @@
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zip Code </w:t>
+        <w:t>Zip</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B6656" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF4F585" w14:textId="6283AF59" w:rsidR="00B5344B" w:rsidRPr="00FF14BC" w:rsidRDefault="00676BB1" w:rsidP="00FF14BC">
+    <w:p w14:paraId="3CF4F585" w14:textId="31647AEC" w:rsidR="00B5344B" w:rsidRPr="00FF14BC" w:rsidRDefault="00676BB1" w:rsidP="00FF14BC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">The McKinney-Vento Homeless Assistance Act </w:t>
       </w:r>
       <w:r w:rsidR="00037118" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Title IX, Part A of the Elementary and Secondary Education Act), as amended by the Every Student Succeeds Act </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF14BC">
+        <w:t xml:space="preserve">(Title IX, Part A of the Elementary and Secondary Education Act), as amended by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00037118" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
+        <w:t>the Every</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00037118" w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student Succeeds Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00037118" w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
         <w:t>defines “homeless” as “individuals who lack a fixed, regular, and adequate nighttime residence.”</w:t>
       </w:r>
+      <w:r w:rsidR="00EB4754">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B5344B" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:t>This includes (i) children and youths who are sharing the housing of other persons due to loss of housing, economic hardship, or a similar reason; are living in motels, hotels, trailer parks, or camping grounds due to the lack of alternative adequate accommodations; are living in emergency or transitional shelters; or are abandoned in hospitals;* (ii) children and youths who have a primary nighttime residence that is a public or private place not designed for or ordinarily used as a regular sleeping accommodation for human beings (within the meaning of section 103(a)(2)(C)); (iii) children and youths who are living in cars, parks, public spaces, abandoned buildings, substandard housing, bus or train stations, or similar settings; and (iv) migratory children (as such term is defined in section 1309 of the Elementary and Secondary Education Act of 1965) who qualify as homeless for the purposes of this subtitle because the children are living in</w:t>
+        <w:t>This includes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B5344B" w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B5344B" w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) children and youths who are sharing the housing of other persons due to loss of housing, economic hardship, or a similar reason; are living in motels, hotels, trailer parks, or camping grounds due to the lack of alternative adequate accommodations; are living in emergency or transitional shelters; or are abandoned in hospitals; (ii) children and youths who have a primary nighttime residence that is a public or private place not designed for or ordinarily used as a regular sleeping accommodation for human beings (within the meaning of section 103(a)(2)(C)); (iii) children and youths who are living in cars, parks, public spaces, abandoned buildings, substandard housing, bus or train stations, or similar settings; and (iv) migratory children (as such term is defined in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C578C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5344B" w:rsidRPr="00FF14BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1309 of the Elementary and Secondary Education Act of 1965) who qualify as homeless for the purposes of this subtitle because the children are living in</w:t>
       </w:r>
       <w:r w:rsidR="00585EE9" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00B5344B" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> circumstances described in clauses (i) through (iii).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147993F4" w14:textId="629DA912" w:rsidR="00450F8C" w:rsidRPr="00FF14BC" w:rsidRDefault="00BC5483" w:rsidP="00FF14BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF14BC">
         <w:rPr>
@@ -1776,150 +1937,139 @@
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00C16EE5" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C16EE5" w:rsidRPr="00FF14BC">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Circle one)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E85FF4" w:rsidRPr="00FF14BC" w:rsidSect="00860FC6">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="even" r:id="rId13"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1800" w:right="1080" w:bottom="1267" w:left="1080" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CD7B933" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D300392" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="46436E14" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="268FFA00" w14:textId="2847D81E" w:rsidR="0089763D" w:rsidRDefault="00D875C9" w:rsidP="00364BE0">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CCBC09D" wp14:editId="7FA8F45D">
               <wp:extent cx="6400800" cy="45720"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="9" name="Group 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2000,64 +2150,64 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="785E7AED" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvgXlYKwMAANIHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6YAZBBSkBaA&#10;+9qisSPAcZ6ui2+qgytlzH6GEWQ4Czzrs18spjELH59k+7QPzIdpH1x4MWuYIfNEE/M2mjzURDHP&#10;PuNo0FcQkIcK3mjG3GCiSSiit+qZZIY0Gmg6ZTIDbPs3gf6zcPs6QAU3xt4yCUwgGdneGRsGuwDJ&#10;E7uIoFdAgLLlMOMfT1CKZii2ptobQH7B4EOCVinqkO9WdNd7GfdG3gtYzJ87mvQ2ztF44AhgVz0w&#10;UvdY6U5EsCAh4vZn6udISeMmYgXA+kECD2DkEnvBFmIf24Y7MYSGxXi8EjVGsBLXgaqKWIfMhXAi&#10;6nLs6+AOWrllK+lV9mhWIciTlouhVSD9AFVQww0XACY4CD6owzpoqJA3Dee+BVw4KPPJLNTGSN4U&#10;TunQGF2tL7lGWwLL/uosTSf9jjgwg6UqCu+sZqS4jrIlDQ8yBOdQW1h/gapuQZhsLYtHoK2W4QmB&#10;Jw+EWuo/GHXwfOTY/N4QzTDiXwQM3tloOnXvjf8JCw7poWY91BBBwVWOLYbGO/HShjdqo3RT1RAp&#10;rFQhP8O+LRvHbo8voIo/MPte2u8+v8Hh4YDTg5dp+O9vPD3Fy78AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFEkh/2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMoI3u2sJWmI2pRQU&#10;ES9NVXqcZqfJ0uxsyG7b+O+79aKXB483vPdNsRhdJ040BOtZw8NUgSCuvbHcaPjcvNzPQYSIbLDz&#10;TBp+KMCinNwUmBt/5jWdqtiIVMIhRw1tjH0uZahbchimvidO2d4PDmOyQyPNgOdU7jo5U+pROrSc&#10;FlrsadVSfaiOTsPX0maUfW/fP1RN9Gbk9rWymdZ3t+PyGUSkMf4dwxU/oUOZmHb+yCaITkN6JP7q&#10;NVNqnvxOw9MMZFnI//DlBQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+BeVgrAwAA0gcA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIUSSH/ZAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAhQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACLBgAA&#10;AAA=&#10;">
+            <v:group w14:anchorId="0B8EAC6A" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvgXlYKwMAANIHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6YAZBBSkBaA&#10;+9qisSPAcZ6ui2+qgytlzH6GEWQ4Czzrs18spjELH59k+7QPzIdpH1x4MWuYIfNEE/M2mjzURDHP&#10;PuNo0FcQkIcK3mjG3GCiSSiit+qZZIY0Gmg6ZTIDbPs3gf6zcPs6QAU3xt4yCUwgGdneGRsGuwDJ&#10;E7uIoFdAgLLlMOMfT1CKZii2ptobQH7B4EOCVinqkO9WdNd7GfdG3gtYzJ87mvQ2ztF44AhgVz0w&#10;UvdY6U5EsCAh4vZn6udISeMmYgXA+kECD2DkEnvBFmIf24Y7MYSGxXi8EjVGsBLXgaqKWIfMhXAi&#10;6nLs6+AOWrllK+lV9mhWIciTlouhVSD9AFVQww0XACY4CD6owzpoqJA3Dee+BVw4KPPJLNTGSN4U&#10;TunQGF2tL7lGWwLL/uosTSf9jjgwg6UqCu+sZqS4jrIlDQ8yBOdQW1h/gapuQZhsLYtHoK2W4QmB&#10;Jw+EWuo/GHXwfOTY/N4QzTDiXwQM3tloOnXvjf8JCw7poWY91BBBwVWOLYbGO/HShjdqo3RT1RAp&#10;rFQhP8O+LRvHbo8voIo/MPte2u8+v8Hh4YDTg5dp+O9vPD3Fy78AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFEkh/2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMoI3u2sJWmI2pRQU&#10;ES9NVXqcZqfJ0uxsyG7b+O+79aKXB483vPdNsRhdJ040BOtZw8NUgSCuvbHcaPjcvNzPQYSIbLDz&#10;TBp+KMCinNwUmBt/5jWdqtiIVMIhRw1tjH0uZahbchimvidO2d4PDmOyQyPNgOdU7jo5U+pROrSc&#10;FlrsadVSfaiOTsPX0maUfW/fP1RN9Gbk9rWymdZ3t+PyGUSkMf4dwxU/oUOZmHb+yCaITkN6JP7q&#10;NVNqnvxOw9MMZFnI//DlBQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+BeVgrAwAA0gcA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIUSSH/ZAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAhQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACLBgAA&#10;AAA=&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDtPcIaxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBNLS0ndiEiVHqRQLYi3ITv5g9nZkF2T+O07h0JvM7w37/1mtZ5cqwbqQ+PZQLpI&#10;QBEX3jZcGfg57eZvoEJEtth6JgN3CrDOH2YrzKwf+ZuGY6yUhHDI0EAdY5dpHYqaHIaF74hFK33v&#10;MMraV9r2OEq4a/UySV61w4alocaOtjUV1+PNGdiPOG6e04/hcC2398vp5et8SMmYp8dp8w4q0hT/&#10;zX/Xn1bwhV5+kQF0/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDtPcIaxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBB5vbPwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN1f8B/CCO6uqS7EW42iguhChPrC5dCMbbGZ1CZq/XsjCHc3h/Oc8bQxpXhQ7QrLCnrdCARxanXB&#10;mYLDfvk7BOE8ssbSMil4kYPppPUzxljbJyf02PlMhBB2MSrIva9iKV2ak0HXtRVx4C62NugDrDOp&#10;a3yGcFPKfhQNpMGCQ0OOFS1ySq+7u1GgV35J82Pyl+j7sb+5rU/n2dYo1Wk3sxEIT43/F3/dax3m&#10;9+DzSzhATt4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQeb2z8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14799445" w14:textId="3E045256" w:rsidR="0089763D" w:rsidRPr="00860FC6" w:rsidRDefault="00860FC6" w:rsidP="00860FC6">
+  <w:p w14:paraId="14799445" w14:textId="535D0A07" w:rsidR="0089763D" w:rsidRPr="00860FC6" w:rsidRDefault="00860FC6" w:rsidP="00860FC6">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:ind w:right="-43"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -2100,78 +2250,98 @@
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | March 2023</w:t>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:r w:rsidR="000F24ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:noProof/>
+        <w:color w:val="7E7578"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
+    <w:r w:rsidR="001217D5">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:noProof/>
+        <w:color w:val="7E7578"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>710 James Robertson Parkway • Andrew Johnson Tower • Nashville, TN 37243</w:t>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14B60E8F" w14:textId="77777777" w:rsidR="00106EBC" w:rsidRDefault="00106EBC" w:rsidP="00106EBC">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24120962" wp14:editId="62FECA78">
               <wp:extent cx="6400800" cy="45720"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="2" name="Group 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2252,51 +2422,51 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="23A94636" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDN2lFJKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAuBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgFP+wLeaMbcWKJJqKE36nlkhiQaaDplMgNc+zd9/rNu+zJAATfG3jIJPCAZ2d4ZG8a6AMnT&#10;uohdXwHjypbDhH/8hFI0Q7Ez1d4AGhMMPiRolaIO+WZFd72XcW/kvYDF/LmjSW/jHI0HjgB21QMj&#10;dY+V7kQECxIibnumfoqUNG4eVgCsHyPwAEYusRdsIfaxbbgTQ2hYi8cLUWMEC3EdmKqIdchcCCei&#10;Lse+Du6glVu2kl5ljyYVgjxpuRhaBc4PUAU13HABYH6D4IM6rIOGCnnTcO5bwIWDMp/MQm2M5E3h&#10;lA6N0dX6kmu0JbDqr87SdNJviAMzWKmi8M5qRorrKFvS8CBDcA61heUXqOr2g8nWsngE2moZHhB4&#10;8ECopf6DUQePR47N7w3RDCP+RcDcnY2mU/fa+J+w3pAeatZDDREUXOXYYmi8Ey9teKE2SjdVDZHC&#10;QhXyM2zbsnHs9vgCqvgDo++l/ebz+xueDTg9eJeG//7G00O8/AsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzdpRSSoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
+            <v:group w14:anchorId="6CD0B89B" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDN2lFJKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAuBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgFP+wLeaMbcWKJJqKE36nlkhiQaaDplMgNc+zd9/rNu+zJAATfG3jIJPCAZ2d4ZG8a6AMnT&#10;uohdXwHjypbDhH/8hFI0Q7Ez1d4AGhMMPiRolaIO+WZFd72XcW/kvYDF/LmjSW/jHI0HjgB21QMj&#10;dY+V7kQECxIibnumfoqUNG4eVgCsHyPwAEYusRdsIfaxbbgTQ2hYi8cLUWMEC3EdmKqIdchcCCei&#10;Lse+Du6glVu2kl5ljyYVgjxpuRhaBc4PUAU13HABYH6D4IM6rIOGCnnTcO5bwIWDMp/MQm2M5E3h&#10;lA6N0dX6kmu0JbDqr87SdNJviAMzWKmi8M5qRorrKFvS8CBDcA61heUXqOr2g8nWsngE2moZHhB4&#10;8ECopf6DUQePR47N7w3RDCP+RcDcnY2mU/fa+J+w3pAeatZDDREUXOXYYmi8Ey9teKE2SjdVDZHC&#10;QhXyM2zbsnHs9vgCqvgDo++l/ebz+xueDTg9eJeG//7G00O8/AsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzdpRSSoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1plRapRRFQ8iLAqiLdH82yLzUtpYlv/vVkQ9jjMzDfMfNmZUjRUu8KygngYgSBO&#10;rS44U3A5b7+nIJxH1lhaJgUvcrBc9L7mmGjb8i81J5+JAGGXoILc+yqR0qU5GXRDWxEH725rgz7I&#10;OpO6xjbATSlHUTSRBgsOCzlWtM4pfZyeRsGuxXY1jjfN4XFfv27nn+P1EJNSg363moHw1Pn/8Ke9&#10;1wom8Hcl3AC5eAMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBA0KxRxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk09tBqzii1IcyhCrCk9PrLPJDT7Ns2uMf57VxB6HGbmGyZdj6YVA/WusazgOYpB&#10;EJdWN1wpOHxtn+YgnEfW2FomBRdysF5NHlJMtD1zTsPeVyJA2CWooPa+S6R0ZU0GXWQ74uAdbW/Q&#10;B9lXUvd4DnDTylkcv0iDDYeFGjt6r6n83Z+MAv3ht/RW5Itcn4rZ51/2/bPZGaUep+NmCcLT6P/D&#10;93amFbzC7Uq4AXJ1BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEDQrFHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14799448" w14:textId="12E83ABF" w:rsidR="008831C4" w:rsidRPr="00FF14BC" w:rsidRDefault="00106EBC" w:rsidP="003D4B60">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:ind w:right="-43"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -2389,123 +2559,123 @@
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>710 James Robertson Parkway • Andrew Johnson Tower • Nashville, TN 37243</w:t>
     </w:r>
     <w:r w:rsidRPr="00FF14BC">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="27C5CE55" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31E3A5A2" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="50E63100" w14:textId="77777777" w:rsidR="00EC21A6" w:rsidRDefault="00EC21A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2558FD1E" w14:textId="2F72924B" w:rsidR="00C16EE5" w:rsidRDefault="007E473A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2558FD1E" w14:textId="2F72924B" w:rsidR="00C16EE5" w:rsidRDefault="000C69A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1C02B8A7">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject26604938" o:spid="_x0000_s1028" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658239;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14799440" w14:textId="029DCCF4" w:rsidR="0089763D" w:rsidRDefault="1E47B1E9" w:rsidP="00CD228C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ACC685B" wp14:editId="5BA8565D">
           <wp:extent cx="1486893" cy="585647"/>
           <wp:effectExtent l="0" t="0" r="0" b="5080"/>
           <wp:docPr id="8" name="Picture 8" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 8"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2513,99 +2683,99 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1486893" cy="585647"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="007E473A">
+    <w:r w:rsidR="000C69A2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1D55592E">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject26604939" o:spid="_x0000_s1029" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658238;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="14799441" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D" w:rsidP="00617E57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="14799446" w14:textId="1DA08653" w:rsidR="008831C4" w:rsidRDefault="007E473A" w:rsidP="003F08F8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14799446" w14:textId="1DA08653" w:rsidR="008831C4" w:rsidRDefault="000C69A2" w:rsidP="003F08F8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4617E45C">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
@@ -2665,51 +2835,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7070743B" w14:textId="77777777" w:rsidR="003F08F8" w:rsidRPr="003F08F8" w:rsidRDefault="003F08F8" w:rsidP="003D4B60">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27093D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EF455DC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2994,281 +3164,293 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="566183679">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="210576672">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1648820383">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNrQ0N7A0NzczM7A0NjNX0lEKTi0uzszPAykwtKgFAK7+X3ktAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00450F8C"/>
     <w:rsid w:val="0000150B"/>
     <w:rsid w:val="00001995"/>
     <w:rsid w:val="00002586"/>
     <w:rsid w:val="00013C48"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="00037118"/>
     <w:rsid w:val="00040D29"/>
     <w:rsid w:val="000827FD"/>
+    <w:rsid w:val="000C69A2"/>
     <w:rsid w:val="000E0DB0"/>
+    <w:rsid w:val="000F24ED"/>
     <w:rsid w:val="00105C5B"/>
     <w:rsid w:val="00106EBC"/>
     <w:rsid w:val="0011213E"/>
     <w:rsid w:val="0012065C"/>
+    <w:rsid w:val="001217D5"/>
     <w:rsid w:val="0012736E"/>
     <w:rsid w:val="001333B9"/>
     <w:rsid w:val="00134746"/>
     <w:rsid w:val="00135755"/>
     <w:rsid w:val="00137BAF"/>
     <w:rsid w:val="00143378"/>
     <w:rsid w:val="001653DC"/>
     <w:rsid w:val="00170CBE"/>
     <w:rsid w:val="001815B7"/>
     <w:rsid w:val="001825A5"/>
     <w:rsid w:val="001A5E37"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="001E3E7A"/>
     <w:rsid w:val="001E563B"/>
     <w:rsid w:val="002100C0"/>
     <w:rsid w:val="00274495"/>
     <w:rsid w:val="00292FD1"/>
     <w:rsid w:val="002936D4"/>
     <w:rsid w:val="00297233"/>
     <w:rsid w:val="002F27BA"/>
+    <w:rsid w:val="0034123C"/>
     <w:rsid w:val="00343641"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="003B4C85"/>
     <w:rsid w:val="003D4B60"/>
     <w:rsid w:val="003E25AC"/>
     <w:rsid w:val="003F08F8"/>
     <w:rsid w:val="004258A8"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="00450F8C"/>
     <w:rsid w:val="0045125C"/>
     <w:rsid w:val="00456533"/>
     <w:rsid w:val="00473A6E"/>
     <w:rsid w:val="00480466"/>
+    <w:rsid w:val="0048599E"/>
     <w:rsid w:val="004A4F74"/>
     <w:rsid w:val="004C36B1"/>
     <w:rsid w:val="004C6D4D"/>
     <w:rsid w:val="004D49B9"/>
     <w:rsid w:val="00534BB9"/>
     <w:rsid w:val="0053789F"/>
     <w:rsid w:val="00542B2B"/>
     <w:rsid w:val="005616B1"/>
     <w:rsid w:val="00585EE9"/>
     <w:rsid w:val="005A5476"/>
     <w:rsid w:val="005A6A66"/>
     <w:rsid w:val="005C5C48"/>
     <w:rsid w:val="005C6F04"/>
     <w:rsid w:val="005D01F9"/>
     <w:rsid w:val="005D78CF"/>
     <w:rsid w:val="00602BFA"/>
     <w:rsid w:val="00607C39"/>
     <w:rsid w:val="00617E57"/>
     <w:rsid w:val="00651E31"/>
     <w:rsid w:val="00665EBF"/>
     <w:rsid w:val="00671B7E"/>
     <w:rsid w:val="00676BB1"/>
     <w:rsid w:val="00686A86"/>
     <w:rsid w:val="00690C8E"/>
     <w:rsid w:val="006B6656"/>
     <w:rsid w:val="00711360"/>
     <w:rsid w:val="00772246"/>
     <w:rsid w:val="007844D1"/>
     <w:rsid w:val="0079145D"/>
     <w:rsid w:val="007C36CB"/>
     <w:rsid w:val="007E2582"/>
     <w:rsid w:val="007E473A"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="00824FA8"/>
     <w:rsid w:val="008262EC"/>
     <w:rsid w:val="00826543"/>
     <w:rsid w:val="0085206A"/>
     <w:rsid w:val="00860215"/>
     <w:rsid w:val="00860FC6"/>
     <w:rsid w:val="008831C4"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008A49D0"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008E0474"/>
     <w:rsid w:val="009204AE"/>
     <w:rsid w:val="0092469F"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="00930937"/>
+    <w:rsid w:val="0095001F"/>
     <w:rsid w:val="0099100D"/>
     <w:rsid w:val="009A343D"/>
     <w:rsid w:val="009E3C9B"/>
     <w:rsid w:val="00A00979"/>
     <w:rsid w:val="00A27717"/>
     <w:rsid w:val="00A44E75"/>
     <w:rsid w:val="00A4621B"/>
     <w:rsid w:val="00A470CF"/>
     <w:rsid w:val="00A56932"/>
     <w:rsid w:val="00A7715B"/>
     <w:rsid w:val="00AC7C1E"/>
     <w:rsid w:val="00AE6627"/>
     <w:rsid w:val="00B06ABE"/>
     <w:rsid w:val="00B11EBD"/>
+    <w:rsid w:val="00B27E71"/>
     <w:rsid w:val="00B47959"/>
     <w:rsid w:val="00B5344B"/>
     <w:rsid w:val="00B918A4"/>
     <w:rsid w:val="00B93673"/>
     <w:rsid w:val="00BA6BEF"/>
     <w:rsid w:val="00BC5483"/>
     <w:rsid w:val="00BD440F"/>
     <w:rsid w:val="00C140C2"/>
     <w:rsid w:val="00C16EE5"/>
     <w:rsid w:val="00C41931"/>
     <w:rsid w:val="00C53141"/>
     <w:rsid w:val="00C53BD0"/>
+    <w:rsid w:val="00C578C5"/>
     <w:rsid w:val="00C87980"/>
+    <w:rsid w:val="00CB47E0"/>
     <w:rsid w:val="00CD228C"/>
     <w:rsid w:val="00CD50C9"/>
     <w:rsid w:val="00CE2563"/>
     <w:rsid w:val="00CE66B3"/>
+    <w:rsid w:val="00D104DC"/>
     <w:rsid w:val="00D351BD"/>
     <w:rsid w:val="00D45075"/>
     <w:rsid w:val="00D51E3A"/>
     <w:rsid w:val="00D676BF"/>
     <w:rsid w:val="00D74576"/>
     <w:rsid w:val="00D875C9"/>
     <w:rsid w:val="00DB60F7"/>
     <w:rsid w:val="00DD277F"/>
     <w:rsid w:val="00E14092"/>
     <w:rsid w:val="00E414BC"/>
     <w:rsid w:val="00E45AB4"/>
     <w:rsid w:val="00E47E8E"/>
     <w:rsid w:val="00E50376"/>
     <w:rsid w:val="00E717AA"/>
     <w:rsid w:val="00E85FF4"/>
     <w:rsid w:val="00E96F29"/>
     <w:rsid w:val="00EA48A8"/>
+    <w:rsid w:val="00EB4754"/>
     <w:rsid w:val="00EC21A6"/>
+    <w:rsid w:val="00EC4F10"/>
     <w:rsid w:val="00EF04F0"/>
     <w:rsid w:val="00F224F0"/>
     <w:rsid w:val="00F44C01"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00F51DE2"/>
     <w:rsid w:val="00F91CF2"/>
     <w:rsid w:val="00F977B6"/>
     <w:rsid w:val="00FB77D3"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FF14BC"/>
     <w:rsid w:val="198C759A"/>
     <w:rsid w:val="1E47B1E9"/>
     <w:rsid w:val="444B272E"/>
     <w:rsid w:val="46B051F3"/>
     <w:rsid w:val="697D6D0D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="147993EA"/>
   <w15:docId w15:val="{519A54D3-1D17-49F9-8D88-D668C4EA6946}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3949,55 +4131,55 @@
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00D74576"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ca20823\Downloads\Blank-page-with-logo-only%20(9).dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4210,79 +4392,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -4313,50 +4492,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4456,152 +4640,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8AC2433-05B3-4FB9-8B66-F22FAD88D567}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A93EEFA4-B601-4D30-A5CE-D5985F35E2BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C97096-27EE-4D8A-ACBC-76267E397C07}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="d96adafe-4c63-4b28-85ee-44c0bdde9bbb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A9FE3D2-18D0-41BC-A142-C81299A3360D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Blank-page-with-logo-only (9)</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>506</Words>
-  <Characters>2889</Characters>
+  <Words>509</Words>
+  <Characters>2888</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>McKinney-Vento Housing Form 2021 Final</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3389</CharactersWithSpaces>
+  <CharactersWithSpaces>3358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>McKinney-Vento Housing Form 2021 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa Waters</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
@@ -4616,27 +4813,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>2595600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="GrammarlyDocumentId">
     <vt:lpwstr>5bde0ccc1081ac8cb7cb19dd93ec5546fa4bd6504176b801018fe7ec001ec224</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>