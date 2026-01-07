--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -11,231 +11,298 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D7D86DF" w14:textId="512CC315" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="001328D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Best Interest School Selection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AC129F" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="00614FEF" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B533008" w14:textId="63E53E74" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="008C54F9">
+    <w:p w14:paraId="6B533008" w14:textId="2E1B93AD" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="008C54F9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The McKinney-Vento Act provides a child or youth identified as homeless the right to attend either the school of origin or the local school, according</w:t>
       </w:r>
       <w:r w:rsidR="002E4CA3" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the child or </w:t>
       </w:r>
       <w:r w:rsidR="5FA56CAD" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>youth's</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> best interest. The school of origin is the school that the child or youth attended when permanently housed or the school in which the child was last enrolled, including a preschool. The local school is any public school that housed students who live in the attendance area in which the child or youth is </w:t>
+        <w:t xml:space="preserve"> best interest. The school of origin is the school the child or youth attended when permanently housed or the school in which the child was last enrolled, including a preschool. The local school is any public school that house</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3CC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students who live in the attendance area in which the child or youth </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF59BC" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>currently residing</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are eligible to attend. Local educational agencies (LEAs) must make best interest determinations about school selection that:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001240B9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are eligible to attend. Local educational agencies (LEAs) must make best interest determinations about school selection that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06561FE9" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>presume that staying in the school of origin is in the best interest of the child or youth;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3112DD13" w14:textId="4A225C99" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00F1DD3F">
+    <w:p w14:paraId="3112DD13" w14:textId="335B3E37" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00F1DD3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>consider specific student-centered factors</w:t>
       </w:r>
       <w:r w:rsidR="00C778BA" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (such as </w:t>
       </w:r>
       <w:r w:rsidR="00201CBB" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">transportation, </w:t>
       </w:r>
       <w:r w:rsidR="005144D3" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">social </w:t>
       </w:r>
+      <w:r w:rsidR="00B47470">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
       <w:r w:rsidR="00263612" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>&amp; emot</w:t>
+        <w:t xml:space="preserve"> emot</w:t>
       </w:r>
       <w:r w:rsidR="00464E67" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00263612" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>onal state, age, ac</w:t>
       </w:r>
       <w:r w:rsidR="00464E67" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ademics)</w:t>
-      </w:r>
+        <w:t>ademics</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00464E67" w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47470">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3BB7FAEB" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prioritize the wishes of the parent, guardian, or unaccompanied youth; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C21DB1F" w14:textId="52AA6FA5" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
@@ -378,79 +445,93 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34389587" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Thank the parents/guardians for speaking with you and let them know that while it is the LEA’s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CD2E63" w14:textId="456AA675" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
+    <w:p w14:paraId="79CD2E63" w14:textId="3039F150" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>responsibility to determine the best school placement for their child, the LEA must prioritize school stability and the parents’/guardians’ wishes</w:t>
       </w:r>
       <w:r w:rsidR="002E4CA3" w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Y</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ou are here to support them in this process. As appropriate, acknowledge the challenges of the family’s living circumstances and the importance of making sure that their child is in a school setting that supports his or her academic success and overall well-being during this difficult time. </w:t>
+        <w:t xml:space="preserve">ou are here to support them in this process. As appropriate, acknowledge the challenges of the family’s living circumstances and the importance of making sure that their child is in a school setting that supports </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the child’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic success and overall well-being during this difficult time. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F797DB5" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02D85868" w14:textId="2A677BCF" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="00614FEF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
@@ -601,78 +682,102 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Step 2</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>: Help the parents/ guardians consider options.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B712DCA" w14:textId="77777777" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="003B2425">
+    <w:p w14:paraId="5B712DCA" w14:textId="51733A07" w:rsidR="00614FEF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="003B2425">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Step 3</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>: Ensure continuity of instruction in the current school or a smooth.</w:t>
+        <w:t>: Ensure continuity of instruction in the current school or a smooth</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4E7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transition</w:t>
+      </w:r>
+      <w:r w:rsidR="00113D74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the local school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C54F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF687A9" w14:textId="5C77D436" w:rsidR="005B48BF" w:rsidRPr="008C54F9" w:rsidRDefault="00614FEF" w:rsidP="003B2425">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Step 4</w:t>
       </w:r>
       <w:r w:rsidRPr="008C54F9">
         <w:rPr>
@@ -1848,82 +1953,102 @@
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="80"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007175DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="638D8892" w14:textId="16C1D8F5" w:rsidR="0018419E" w:rsidRPr="000347B3" w:rsidRDefault="0018419E" w:rsidP="0018419E">
+          <w:p w14:paraId="638D8892" w14:textId="35608797" w:rsidR="0018419E" w:rsidRPr="000347B3" w:rsidRDefault="0018419E" w:rsidP="0018419E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="36" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="211"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Distance </w:t>
             </w:r>
             <w:r w:rsidR="00F375FE" w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>of the Commute and its Impact on the Student's Education</w:t>
+              <w:t xml:space="preserve">of the Commute and </w:t>
+            </w:r>
+            <w:r w:rsidR="00B95351">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Its</w:t>
+            </w:r>
+            <w:r w:rsidR="00F375FE" w:rsidRPr="000347B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Impact on the Student's Education</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47BD2679" w14:textId="77777777" w:rsidR="0018419E" w:rsidRPr="000347B3" w:rsidRDefault="0018419E" w:rsidP="0018419E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="2" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="169"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The advantages of continuing to attend the school of origin outweigh any potential disadvantages presented by the length of the commute.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1940,72 +2065,92 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6A7E5C" w14:textId="77777777" w:rsidR="00F375FE" w:rsidRPr="000347B3" w:rsidRDefault="00F375FE" w:rsidP="00F375FE">
+          <w:p w14:paraId="4C6A7E5C" w14:textId="6E7C839E" w:rsidR="00F375FE" w:rsidRPr="000347B3" w:rsidRDefault="00F375FE" w:rsidP="00F375FE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="36" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="211"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Distance of the Commute and its Impact on the Student's Education</w:t>
+              <w:t xml:space="preserve">Distance of the Commute and </w:t>
+            </w:r>
+            <w:r w:rsidR="00B95351">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000347B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ts Impact on the Student's Education</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69E0BBBA" w14:textId="77777777" w:rsidR="0018419E" w:rsidRPr="000347B3" w:rsidRDefault="0018419E" w:rsidP="0018419E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="2" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="90" w:right="185"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000347B3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A shorter commute may help the student's concentration, attitude, or readiness for school. The local school can meet all of the necessary educational and special needs of the student.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3081,73 +3226,73 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000347B3" w:rsidRPr="000347B3" w:rsidSect="0018419E">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66F83563" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="36365DFB" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0C6885C4" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3166,71 +3311,71 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50D57640" w14:textId="3286963B" w:rsidR="00B0653A" w:rsidRDefault="003E3262" w:rsidP="00B0653A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="141D92CB" wp14:editId="091FD49B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10160</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1844040" cy="341630"/>
@@ -3244,51 +3389,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="341630"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6E9A7E88" w14:textId="1967CE44" w:rsidR="00B0653A" w:rsidRDefault="00B0653A" w:rsidP="00B0653A">
+                        <w:p w14:paraId="6E9A7E88" w14:textId="00E07AF5" w:rsidR="00B0653A" w:rsidRDefault="00B0653A" w:rsidP="00B0653A">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -3307,90 +3452,100 @@
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> | Revised </w:t>
+                            <w:t xml:space="preserve"> | </w:t>
                           </w:r>
-                          <w:r w:rsidR="000347B3">
+                          <w:r w:rsidR="00802965">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t>Decemb</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A60EE2">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                              <w:noProof/>
+                              <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>er 2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="141D92CB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 217" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:.8pt;width:145.2pt;height:26.9pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqQTkZDAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJky414hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry8lp2nQvQ3zg0Ca1CF5eLS6HTrDDgq9Blvy6STnTFkJtba7kv/8sX23&#10;5MwHYWthwKqSH5Xnt+u3b1a9K9QMWjC1QkYg1he9K3kbgiuyzMtWdcJPwClLwQawE4Fc3GU1ip7Q&#10;O5PN8vw66wFrhyCV9/T3fgzydcJvGiXDt6bxKjBTcuotpBPTWcUzW69EsUPhWi1PbYh/6KIT2lLR&#10;M9S9CILtUf8F1WmJ4KEJEwldBk2jpUoz0DTT/NU0j61wKs1C5Hh3psn/P1j59fDoviMLwwcYaIFp&#10;CO8eQP7yzMKmFXan7hChb5WoqfA0Upb1zhenq5FqX/gIUvVfoKYli32ABDQ02EVWaE5G6LSA45l0&#10;NQQmY8nlfJ7PKSQpdjWfXl+lrWSieL7t0IdPCjoWjZIjLTWhi8ODD7EbUTynxGIejK632pjk4K7a&#10;GGQHQQLYpi8N8CrNWNaX/GYxWyRkC/F+0kanAwnU6K7kyzx+o2QiGx9tnVKC0Ga0qRNjT/RERkZu&#10;wlANlBhpqqA+ElEIoxDp4ZDRAv7hrCcRltz/3gtUnJnPlsi+mRI3pNrkzBfvZ+TgZaS6jAgrCark&#10;gbPR3ISk9MSDu6OlbHXi66WTU68krkTj6SFE9V76Kevlua6fAAAA//8DAFBLAwQUAAYACAAAACEA&#10;dMKmpd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Khd2pQqxKkqKi4c&#10;kChI9OjGmzgiXlu2m4a/xz3R4+qNZt9Um8kObMQQe0cS5jMBDKlxuqdOwtfn68MaWEyKtBocoYRf&#10;jLCpb28qVWp3pg8c96ljuYRiqSSYlHzJeWwMWhVnziNl1rpgVcpn6LgO6pzL7cAfhVhxq3rKH4zy&#10;+GKw+dmfrIRva3q9C++HVg/j7q3dFn4KXsr7u2n7DCzhlP7DcNHP6lBnp6M7kY5skPA0XyxzNIMV&#10;sAsXYpG3HCUUxRJ4XfHrBfUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKpBORkMAgAA&#10;9gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHTCpqXe&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="6E9A7E88" w14:textId="1967CE44" w:rsidR="00B0653A" w:rsidRDefault="00B0653A" w:rsidP="00B0653A">
+                  <w:p w14:paraId="6E9A7E88" w14:textId="00E07AF5" w:rsidR="00B0653A" w:rsidRDefault="00B0653A" w:rsidP="00B0653A">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -3409,61 +3564,71 @@
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> | Revised </w:t>
+                      <w:t xml:space="preserve"> | </w:t>
                     </w:r>
-                    <w:r w:rsidR="000347B3">
+                    <w:r w:rsidR="00802965">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t>Decemb</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00A60EE2">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
+                        <w:noProof/>
+                        <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>er 2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D952ADF" wp14:editId="11B418B0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-40952</wp:posOffset>
@@ -3498,95 +3663,95 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5E4EFBBF" id="Straight Connector 8" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-3.2pt" to="502.05pt,-3.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAFpMTa/dAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGytXagCTeNUUAkGNkKWbk58TQzx2YqdNvx7XDHAdLp7&#10;T+++V+xmO7ATjsE4krBaCmBIrdOGOgn1x8viEViIirQaHKGEbwywK6+vCpVrd6Z3PFWxYymEQq4k&#10;9DH6nPPQ9mhVWDqPlLSjG62KaR07rkd1TuF24HdCZNwqQ+lDrzzue2y/qslKMNX+9egfpkNbN5/u&#10;rTaH+jnzUt7ezE9bYBHn+GeGC35ChzIxNW4iHdggYXG/Sc40szWwiy7EegWs+b3wsuD/G5Q/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFpMTa/dAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
+            <v:line w14:anchorId="2071A37F" id="Straight Connector 8" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-3.2pt" to="502.05pt,-3.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAFpMTa/dAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGytXagCTeNUUAkGNkKWbk58TQzx2YqdNvx7XDHAdLp7&#10;T+++V+xmO7ATjsE4krBaCmBIrdOGOgn1x8viEViIirQaHKGEbwywK6+vCpVrd6Z3PFWxYymEQq4k&#10;9DH6nPPQ9mhVWDqPlLSjG62KaR07rkd1TuF24HdCZNwqQ+lDrzzue2y/qslKMNX+9egfpkNbN5/u&#10;rTaH+jnzUt7ezE9bYBHn+GeGC35ChzIxNW4iHdggYXG/Sc40szWwiy7EegWs+b3wsuD/G5Q/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFpMTa/dAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00B0653A">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r w:rsidR="00B0653A">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6433E373" w14:textId="5F617250" w:rsidR="0089763D" w:rsidRPr="00B0653A" w:rsidRDefault="00B0653A" w:rsidP="00B0653A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F22F225" w14:textId="77777777" w:rsidR="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65BF32C7" wp14:editId="730BF6CC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4530090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-41275</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1844040" cy="341630"/>
@@ -3600,51 +3765,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1844040" cy="343535"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0F9681CF" w14:textId="1DE430C1" w:rsidR="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
+                        <w:p w14:paraId="0F9681CF" w14:textId="5453438C" w:rsidR="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
@@ -3665,98 +3830,98 @@
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> | </w:t>
                           </w:r>
-                          <w:r w:rsidR="000347B3">
+                          <w:r w:rsidR="000E4272">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Revised </w:t>
+                            <w:t>Decembe</w:t>
                           </w:r>
-                          <w:r w:rsidR="00401863">
+                          <w:r w:rsidR="00A60EE2">
                             <w:rPr>
                               <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                               <w:noProof/>
                               <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t>r 2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="65BF32C7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:356.7pt;margin-top:-3.25pt;width:145.2pt;height:26.9pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAqSRrDgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Q36EZNV0uXIqTl&#10;Ii18gOs4jYXjMWO3Sfl6xk62W+ANkQdrJjM+M3PmeH3bt4adFHoNtuTTSc6ZshIqbQ8l//Z192rF&#10;mQ/CVsKAVSU/K89vNy9frDtXqBk0YCqFjECsLzpX8iYEV2SZl41qhZ+AU5aCNWArArl4yCoUHaG3&#10;Jpvl+eusA6wcglTe09/7Icg3Cb+ulQyf69qrwEzJqbeQTkznPp7ZZi2KAwrXaDm2If6hi1ZoS0Uv&#10;UPciCHZE/RdUqyWChzpMJLQZ1LWWKs1A00zzP6Z5bIRTaRYix7sLTf7/wcpPp0f3BVno30JPC0xD&#10;ePcA8rtnFraNsAd1hwhdo0RFhaeRsqxzvhivRqp94SPIvvsIFS1ZHAMkoL7GNrJCczJCpwWcL6Sr&#10;PjAZS64Wi3xBIUmx+WK+nC9TCVE83Xbow3sFLYtGyZGWmtDF6cGH2I0onlJiMQ9GVzttTHLwsN8a&#10;ZCdBAtilb0T/Lc1Y1pX8ZjlbJmQL8X7SRqsDCdTotuSrPH6DZCIb72yVUoLQZrCpE2NHeiIjAzeh&#10;3/dMVyN3ka09VGfiC2HQI70fMhrAn5x1pMWS+x9HgYoz88ES5zdToojEm5zF8s2MHLyO7K8jwkqC&#10;KnngbDC3IQk+0eHuaDc7nWh77mRsmTSW2BzfQxTxtZ+ynl/t5hcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlpzDy3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWrukDxQyqSoq&#10;NiyQKEiwdONJHBE/ZLtp+HvcFV2O5ujec6vtZAY2Uoi9swiLuQBGtnGqtx3C58fL7BFYTNIqOThL&#10;CL8UYVvf3lSyVO5s32k8pI7lEBtLiaBT8iXnsdFkZJw7Tzb/WheMTPkMHVdBnnO4GfiDEGtuZG9z&#10;g5aenjU1P4eTQfgyulf78PbdqmHcv7a7lZ+CR7y/m3ZPwBJN6R+Gi35Whzo7Hd3JqsgGhM2iWGYU&#10;YbZeAbsAQhR5zBFhuSmA1xW/nlD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAECpJGsO&#10;AgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGWn&#10;MPLfAAAACgEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="0F9681CF" w14:textId="1DE430C1" w:rsidR="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
+                  <w:p w14:paraId="0F9681CF" w14:textId="5453438C" w:rsidR="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
@@ -3777,69 +3942,69 @@
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> | </w:t>
                     </w:r>
-                    <w:r w:rsidR="000347B3">
+                    <w:r w:rsidR="000E4272">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Revised </w:t>
+                      <w:t>Decembe</w:t>
                     </w:r>
-                    <w:r w:rsidR="00401863">
+                    <w:r w:rsidR="00A60EE2">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
                         <w:noProof/>
                         <w:color w:val="1D1D1E" w:themeColor="background2" w:themeShade="40"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t>r 2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D07EFA4" wp14:editId="2481200D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-92710</wp:posOffset>
@@ -3874,164 +4039,164 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="16CE42D6" id="Straight Connector 7" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
+            <v:line w14:anchorId="4A25B5BD" id="Straight Connector 7" o:spid="_x0000_s1026" alt="Title: line - Description: Red Line&#10;" style="position:absolute;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.95pt,-7.3pt" to="502.05pt,-7.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiGEPzvwEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+xkQxAYcXpI0V2K&#10;rdhH74pMxQL0BUmLnX8/ik7cohsGbNhFMCW+R75Hens3WsNOEJP2ruXLRc0ZOOk77Y4t//7t4XbD&#10;WcrCdcJ4By0/Q+J3u5t32yE0sPK9Nx1EhiQuNUNoeZ9zaKoqyR6sSAsfwOGj8tGKjGE8Vl0UA7Jb&#10;U63qel0NPnYhegkp4e399Mh3xK8UyPxZqQSZmZZjb5nOSOehnNVuK5pjFKHX8tKG+IcurNAOi85U&#10;9yIL9iPqX6isltEnr/JCelt5pbQE0oBqlvUbNV97EYC0oDkpzDal/0crP5327imiDUNITQpPsagY&#10;VbRMGR2ecaakCztlI9l2nm2DMTOJl+sPdb2p0V15fasmikIVYsofwVtWPlputCuKRCNOjyljWUy9&#10;ppRr48qZvNHdgzaGgng87E1kJ4Ez3G9W6/c0NgS+SsOoQKsXFfSVzwYm2i+gmO6w20kPLRjMtEJK&#10;cHlZ1oGYMLvAFLYwA2vq+4/AS36BAi3f34BnBFX2Ls9gq52Pv6uex2vLasq/OjDpLhYcfHem+ZI1&#10;uEWk8LLxZU1fxwR/+S93PwEAAP//AwBQSwMEFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bUpgKlKYTTIIDN0ovu6WN1wYaJ2rSrbw9mYQEJ8v2&#10;p9+fy+1iR3bEKRhHErK1AIbUOW2ol9B8vKzugYWoSKvREUr4xgDb6vKiVIV2J3rHYx17lkIoFErC&#10;EKMvOA/dgFaFtfNIaXdwk1UxtVPP9aROKdyO/EaInFtlKF0YlMfdgN1XPVsJpt69HvzdvO+a9tO9&#10;NWbfPOdeyuur5ekRWMQl/sFw1k/qUCWn1s2kAxslrG4fEplqtsmBnQEhNhmw9nfEq5L//6H6AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACIYQ/O/AQAA3wMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOepvf7dAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#c82630"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Division of Federal Programs and Oversight</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>Andrew Johnson Tower • 710 James Robertson Parkway • Nashville, TN 37243</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4C385230" w14:textId="1270BE19" w:rsidR="008831C4" w:rsidRPr="00990E12" w:rsidRDefault="00990E12" w:rsidP="00990E12">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="61A320CA" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5A63A47A" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7C72A9E3" w14:textId="77777777" w:rsidR="00ED7893" w:rsidRDefault="00ED7893"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="691FCCB0" w14:textId="300190A9" w:rsidR="00447902" w:rsidRDefault="00D51D5F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="691FCCB0" w14:textId="300190A9" w:rsidR="00447902" w:rsidRDefault="00C35C9E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="60CCE888">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject22431079" o:spid="_x0000_s2052" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:581.35pt;height:129.15pt;rotation:315;z-index:-251658235;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="TEMPLATE"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4FAA57AE" w14:textId="1EDD8EC0" w:rsidR="0089763D" w:rsidRDefault="00D51D5F" w:rsidP="005B48BF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FAA57AE" w14:textId="1EDD8EC0" w:rsidR="0089763D" w:rsidRDefault="00C35C9E" w:rsidP="005B48BF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="74092BAD">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
@@ -4086,52 +4251,52 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A02DD16" w14:textId="77777777" w:rsidR="00AE7164" w:rsidRPr="005B48BF" w:rsidRDefault="00AE7164" w:rsidP="005B48BF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4A219A68" w14:textId="6098A027" w:rsidR="008831C4" w:rsidRDefault="00D51D5F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A219A68" w14:textId="6098A027" w:rsidR="008831C4" w:rsidRDefault="00C35C9E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="25FFC797">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
@@ -4186,51 +4351,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C5C7E4E" w14:textId="77777777" w:rsidR="00AE7164" w:rsidRDefault="00AE7164">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="184F3197"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AD82102"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4307,176 +4472,191 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="932737916">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNjI0MjMxNzayNDI0MDdQ0lEKTi0uzszPAymwrAUA5FDsKywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00BD44E0"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="000347B3"/>
     <w:rsid w:val="000709E8"/>
+    <w:rsid w:val="00077F38"/>
     <w:rsid w:val="000827FD"/>
+    <w:rsid w:val="000E4272"/>
+    <w:rsid w:val="00113D74"/>
     <w:rsid w:val="0012065C"/>
+    <w:rsid w:val="001240B9"/>
     <w:rsid w:val="001328D5"/>
     <w:rsid w:val="00134746"/>
     <w:rsid w:val="0018419E"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="00201CBB"/>
     <w:rsid w:val="002035F2"/>
     <w:rsid w:val="00247025"/>
     <w:rsid w:val="00263612"/>
     <w:rsid w:val="00297233"/>
     <w:rsid w:val="002C405E"/>
     <w:rsid w:val="002E4CA3"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="003B2425"/>
     <w:rsid w:val="003E3262"/>
+    <w:rsid w:val="003F15A5"/>
     <w:rsid w:val="003F63C5"/>
     <w:rsid w:val="00401863"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="00447902"/>
     <w:rsid w:val="004537D9"/>
     <w:rsid w:val="00464E67"/>
+    <w:rsid w:val="004B3CC0"/>
     <w:rsid w:val="005144D3"/>
     <w:rsid w:val="005216CC"/>
     <w:rsid w:val="00542B2B"/>
     <w:rsid w:val="005616B1"/>
+    <w:rsid w:val="005B2B1F"/>
     <w:rsid w:val="005B48BF"/>
     <w:rsid w:val="00614FEF"/>
     <w:rsid w:val="00636892"/>
     <w:rsid w:val="00665EBF"/>
     <w:rsid w:val="00666279"/>
     <w:rsid w:val="00671B7E"/>
     <w:rsid w:val="006A5446"/>
     <w:rsid w:val="006B24D5"/>
     <w:rsid w:val="006C01E4"/>
     <w:rsid w:val="00714CB3"/>
     <w:rsid w:val="007175DA"/>
     <w:rsid w:val="0073019A"/>
     <w:rsid w:val="00772246"/>
     <w:rsid w:val="007B5AAE"/>
     <w:rsid w:val="007E0B33"/>
     <w:rsid w:val="00802646"/>
+    <w:rsid w:val="00802965"/>
     <w:rsid w:val="0080599A"/>
     <w:rsid w:val="0081579E"/>
     <w:rsid w:val="008158BD"/>
     <w:rsid w:val="00833305"/>
     <w:rsid w:val="00857735"/>
     <w:rsid w:val="008831C4"/>
     <w:rsid w:val="00897569"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008A645F"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008C54F9"/>
     <w:rsid w:val="008D7152"/>
     <w:rsid w:val="009161F5"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="00926D3A"/>
     <w:rsid w:val="00990E12"/>
     <w:rsid w:val="009A343D"/>
     <w:rsid w:val="009B332A"/>
     <w:rsid w:val="009D0CDA"/>
     <w:rsid w:val="009D5404"/>
     <w:rsid w:val="00A427E5"/>
+    <w:rsid w:val="00A60EE2"/>
     <w:rsid w:val="00AA1000"/>
     <w:rsid w:val="00AA72ED"/>
     <w:rsid w:val="00AD728B"/>
     <w:rsid w:val="00AE7164"/>
     <w:rsid w:val="00B0653A"/>
+    <w:rsid w:val="00B21CD9"/>
+    <w:rsid w:val="00B33B34"/>
+    <w:rsid w:val="00B47470"/>
+    <w:rsid w:val="00B95351"/>
     <w:rsid w:val="00BA3A13"/>
     <w:rsid w:val="00BD44E0"/>
     <w:rsid w:val="00BE6977"/>
     <w:rsid w:val="00BE701C"/>
+    <w:rsid w:val="00C35C9E"/>
     <w:rsid w:val="00C41931"/>
     <w:rsid w:val="00C778BA"/>
     <w:rsid w:val="00C82C95"/>
+    <w:rsid w:val="00CF4E7C"/>
     <w:rsid w:val="00D15170"/>
-    <w:rsid w:val="00D51D5F"/>
     <w:rsid w:val="00DD277F"/>
     <w:rsid w:val="00E3580D"/>
     <w:rsid w:val="00E47E8E"/>
     <w:rsid w:val="00E96E6C"/>
     <w:rsid w:val="00E96F29"/>
+    <w:rsid w:val="00EC4F10"/>
     <w:rsid w:val="00ED7893"/>
     <w:rsid w:val="00F1DD3F"/>
     <w:rsid w:val="00F224F0"/>
     <w:rsid w:val="00F33D93"/>
     <w:rsid w:val="00F374CA"/>
     <w:rsid w:val="00F375FE"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00F546E7"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FF53AA"/>
     <w:rsid w:val="00FF59BC"/>
     <w:rsid w:val="010211F3"/>
     <w:rsid w:val="159D39D3"/>
     <w:rsid w:val="1D0EE737"/>
     <w:rsid w:val="2EDD698F"/>
     <w:rsid w:val="4157F6C4"/>
     <w:rsid w:val="485440CD"/>
     <w:rsid w:val="4930AABE"/>
     <w:rsid w:val="4C684B80"/>
     <w:rsid w:val="5FA56CAD"/>
     <w:rsid w:val="78B9CDD7"/>
     <w:rsid w:val="78C3708A"/>
     <w:rsid w:val="7A59BF28"/>
   </w:rsids>
   <m:mathPr>
@@ -4486,51 +4666,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56CDA0EC"/>
   <w15:docId w15:val="{5F65B9D8-75AB-4DD0-AC9C-78CC3557784C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5268,51 +5448,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Open Sans" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00990E12"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="500463219">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
@@ -5541,88 +5721,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5653,50 +5821,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5796,161 +5969,202 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
     <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
-    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1DE7EBC-04EF-42DC-9503-C7F379868FEC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1F71D1A-7219-4D38-967A-BF2B6631B724}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{025BBC3F-E565-47FD-8355-ACF56B7FEBF9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C97096-27EE-4D8A-ACBC-76267E397C07}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
-    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>943</Words>
-  <Characters>5380</Characters>
+  <Words>966</Words>
+  <Characters>5391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6311</CharactersWithSpaces>
+  <CharactersWithSpaces>6302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>MV Best Interest School Selection</dc:title>
   <dc:subject/>
   <dc:creator>Kate Smitheal</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Illustrator CS6 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2015-04-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x01010046DD4C04616E81499BC0A04B6F1D12A7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="GrammarlyDocumentId">
     <vt:lpwstr>f74a2fbdfa6b4d7e6c9a732d8cf8cd26b7636c3e0d14c67be7780976c44c839b</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Order">
+    <vt:r8>2327400</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>