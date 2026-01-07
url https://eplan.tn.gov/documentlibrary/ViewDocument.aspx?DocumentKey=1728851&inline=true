--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0C0A2CA5" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="00F31324">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C0A2CA6" w14:textId="77777777" w:rsidR="00F31324" w:rsidRPr="005A2F95" w:rsidRDefault="000F6B50">
       <w:pPr>
         <w:spacing w:before="168"/>
         <w:ind w:left="1652" w:right="1718"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2F95">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface"/>
           <w:b/>
@@ -255,51 +255,51 @@
               </w:tabs>
               <w:ind w:right="594"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>At the start of the new school year, begin identifying students who are eligible for McKinney-Vento services. Utilize the previous school year's year-end status and checkpoints, as well as enrollment</w:t>
             </w:r>
             <w:r w:rsidR="000944CC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>residency forms for identification. Utilize McKinney-Vento rights and notification forms as students are identified.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0A2CAD" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
+          <w:p w14:paraId="08337CE1" w14:textId="0006C196" w:rsidR="00944F79" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="304"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Update </w:t>
             </w:r>
             <w:hyperlink r:id="rId10">
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
@@ -421,182 +421,214 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">National Center for Homeless Education (NCHE) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11">
-              <w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="009D31B4">
                 <w:rPr>
-                  <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>.</w:t>
+                <w:t>Educational Rights Poster (Parent)</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="009D31B4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00944F79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="00944F79">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>Educational Rights Poster (Youth)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00944F79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0C0A2CAE" w14:textId="3545282C" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:spacing w:before="2" w:line="242" w:lineRule="auto"/>
               <w:ind w:right="299"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Be sure poster locations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">are archived in writing for easy </w:t>
             </w:r>
             <w:r w:rsidR="006107FE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>recall.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0A2CAF" w14:textId="23E599C6" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
+          <w:p w14:paraId="0C0A2CAF" w14:textId="74F6C890" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="422"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Evaluate and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>update any LEA paperwork, forms, and written policies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">utilized for the homeless program, making sure contact information, school year and dates, and policies are correct and meet all requirements (see </w:t>
+              <w:t>utilized for the homeless program, making sure contact information, school year</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA1CC7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dates, and policies are correct and meet all requirements (see </w:t>
             </w:r>
             <w:r w:rsidR="006107FE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mandated Policy &amp; Procedures </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">section of </w:t>
             </w:r>
             <w:r w:rsidR="00CF7219">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00CF7219">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>McKinney-Vento Toolkit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B6C88C7" w14:textId="54AA7E1B" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
@@ -702,51 +734,51 @@
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="466"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Begin </w:t>
             </w:r>
             <w:r w:rsidR="009C0B97">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>planning to attend the</w:t>
             </w:r>
             <w:r w:rsidR="009C0B97" w:rsidRPr="00D52366">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> National Association for the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="009C0B97" w:rsidRPr="00CF7219">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>Education of Homeless Children and Youth (NAEHCY) Annual Conference</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CF7219">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F31324" w14:paraId="0C0A2CBA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -782,91 +814,99 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4420">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Complete the Immunization Report due in ePlan.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="535C35D7" w14:textId="6FDACEDB" w:rsidR="00AD4420" w:rsidRPr="00AD4420" w:rsidRDefault="00B355D2" w:rsidP="00AD4420">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B355D2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide annual McKinney-Vento Enrollment, Identification, Resources, and Support Training to LEA staff, including front office staff, principals, social workers, counselors, teachers, support staff, cafeteria staff, janitors, and bus drivers. </w:t>
+              <w:t>Provide</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B355D2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> annual McKinney-Vento Enrollment, Identification, Resources, and Support Training to LEA staff, including front office staff, principals, social workers, counselors, teachers, support staff, cafeteria staff, janitors, and bus drivers. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A2CB3" w14:textId="2A4C234E" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">New McKinney-Vento liaisons should update ePlan with the correct contact </w:t>
             </w:r>
             <w:r w:rsidR="00584C33">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">information </w:t>
             </w:r>
             <w:r w:rsidR="008511F6">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">through </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="008511F6" w:rsidRPr="008511F6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>this survey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008511F6">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A2CB4" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
@@ -931,51 +971,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>submit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>an</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15">
+            <w:hyperlink r:id="rId16">
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>ePlan</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>User</w:t>
               </w:r>
@@ -1054,68 +1094,68 @@
               </w:rPr>
               <w:t>will require access to ePlan.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A2CB5" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="313"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">New McKinney-Vento liaisons may want to participate in the online </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16">
+            <w:hyperlink r:id="rId17">
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>McKinney-Vento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17">
+            <w:hyperlink r:id="rId18">
               <w:r>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>Self-Paced Training</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>provided by the National Center for Homeless</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
@@ -1261,135 +1301,151 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>year.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0A2CB8" w14:textId="0817DE02" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
+          <w:p w14:paraId="0C0A2CB8" w14:textId="25528DB5" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="106"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Seek</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>supports from community</w:t>
+            <w:r w:rsidR="005944AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>support</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from community</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>partners for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>students (begin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>plan ahead for</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>plan ahead</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>holidays).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A2CB9" w14:textId="3FE0BD70" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
@@ -1772,51 +1828,51 @@
           </w:tcPr>
           <w:p w14:paraId="0C0A2CC6" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="exact"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>December</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0A2CC7" w14:textId="7C679D3D" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
+          <w:p w14:paraId="0C0A2CC7" w14:textId="337D813F" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:right="512"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Facilitate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
@@ -1827,55 +1883,55 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>organize</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>supports</w:t>
+            <w:r w:rsidR="005944AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>support</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2143,66 +2199,78 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="exact"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>January</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0853BD" w14:textId="77777777" w:rsidR="002378DC" w:rsidRPr="00EA0501" w:rsidRDefault="002378DC" w:rsidP="002378DC">
+          <w:p w14:paraId="0D0853BD" w14:textId="04FCAED5" w:rsidR="002378DC" w:rsidRPr="00EA0501" w:rsidRDefault="002378DC" w:rsidP="002378DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA0501">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Review McKinney-Vento Programming Enrollment, Identification, Resources, and Support Training with staff during the beginning of the new semester.</w:t>
+              <w:t xml:space="preserve">Review McKinney-Vento Programming Enrollment, Identification, Resources, and Support Training with staff </w:t>
+            </w:r>
+            <w:r w:rsidR="00362729">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA0501">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the beginning of the new semester.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="791AC284" w14:textId="13813A54" w:rsidR="002378DC" w:rsidRDefault="002378DC" w:rsidP="002378DC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:right="512"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
             <w:r>
@@ -2614,71 +2682,83 @@
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="529C4F4E" w14:textId="77777777" w:rsidR="002378DC" w:rsidRPr="00F4589F" w:rsidRDefault="002378DC" w:rsidP="002378DC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:ind w:right="275"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4589F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Check the accuracy of McKinney-Vento students’ identification and alignment with SIS and EIS uploads.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61206460" w14:textId="72306183" w:rsidR="002378DC" w:rsidRPr="007F0376" w:rsidRDefault="002378DC" w:rsidP="002378DC">
+          <w:p w14:paraId="61206460" w14:textId="2B14BFF3" w:rsidR="002378DC" w:rsidRPr="007F0376" w:rsidRDefault="002378DC" w:rsidP="002378DC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:right="275"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4589F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Seek supports from community-based organizations and partners for students (begin to plan for summer break needs and resources).</w:t>
+              <w:t xml:space="preserve">Seek </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>support</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F4589F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from community-based organizations and partners for students (begin to plan for summer break needs and resources).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002378DC" w14:paraId="476D8F7F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D54B6AD" w14:textId="5126C65D" w:rsidR="002378DC" w:rsidRDefault="002378DC" w:rsidP="002378DC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="exact"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2865,51 +2945,51 @@
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>the school year.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0171AE7D" w14:textId="77777777" w:rsidR="002378DC" w:rsidRPr="006E29CE" w:rsidRDefault="002378DC" w:rsidP="00A57996">
+          <w:p w14:paraId="0171AE7D" w14:textId="4752E498" w:rsidR="002378DC" w:rsidRPr="006E29CE" w:rsidRDefault="002378DC" w:rsidP="00A57996">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="402" w:right="304" w:hanging="306"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Send an end-of-year</w:t>
             </w:r>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E29CE">
@@ -2972,53 +3052,65 @@
             </w:r>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>letter</w:t>
             </w:r>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E29CE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">sample template can be found </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId18">
+              <w:t xml:space="preserve">sample template </w:t>
+            </w:r>
+            <w:r w:rsidR="008E4D6D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>is available</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E29CE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19">
               <w:r w:rsidRPr="006E29CE">
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>here</w:t>
               </w:r>
               <w:r w:rsidRPr="00A57996">
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="013F9CF3" w14:textId="77777777" w:rsidR="002378DC" w:rsidRPr="006E29CE" w:rsidRDefault="002378DC" w:rsidP="00A57996">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:right="302"/>
@@ -3621,157 +3713,174 @@
           </w:tcPr>
           <w:p w14:paraId="0C0A2CED" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>August/ September</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0A2CEE" w14:textId="1BF15FCA" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="00BA4666">
+          <w:p w14:paraId="0C0A2CEE" w14:textId="4003E7CB" w:rsidR="00F31324" w:rsidRDefault="00905389" w:rsidP="00BA4666">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">xpenditure </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>report (</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>FER</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00ED0AC7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>due</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ePlan</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">August </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0A2CEF" w14:textId="15F48CCC" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="00BA4666">
+          <w:p w14:paraId="0C0A2CEF" w14:textId="7BF13559" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="00BA4666">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>McKinney-Vento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>budget due</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3907,122 +4016,143 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Funds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Due</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0A2CF1" w14:textId="2188B3E6" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="00BA4666">
+          <w:p w14:paraId="0C0A2CF1" w14:textId="64333679" w:rsidR="00F31324" w:rsidRDefault="008E2B65" w:rsidP="00BA4666">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>FY19 funds</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>unds</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">must </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>obligated</w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00ED0AC7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>September</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F31324" w14:paraId="0C0A2CF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C0A2CF3" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -4301,115 +4431,121 @@
           </w:tcPr>
           <w:p w14:paraId="0C0A2CF7" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="exact"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>December</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0A2CF8" w14:textId="31774089" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="00BA4666">
+          <w:p w14:paraId="0C0A2CF8" w14:textId="346DFB1D" w:rsidR="00F31324" w:rsidRDefault="008E2B65" w:rsidP="00BA4666">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="403"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>FY19</w:t>
-[...14 lines deleted...]
-            <w:r>
+              <w:t>McKinney-Vento F</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>unds</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>must be</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="000F6B50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">liquidated </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="000F6B50">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>December</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F31324" w14:paraId="0C0A2CFE" w14:textId="77777777" w:rsidTr="00BA4666">
         <w:trPr>
           <w:trHeight w:val="987"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C0A2CFA" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="115" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -5170,133 +5306,133 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ePlan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C0A2D09" w14:textId="77777777" w:rsidR="00BD6CBA" w:rsidRDefault="00BD6CBA"/>
     <w:sectPr w:rsidR="00BD6CBA" w:rsidSect="009D2757">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1640" w:right="920" w:bottom="1420" w:left="980" w:header="1440" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49B2E50B" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5FEEE924" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="31D7FD75" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C0A2D0D" w14:textId="6B4F9F8E" w:rsidR="00F31324" w:rsidRDefault="00644B2E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0A2D15" wp14:editId="0A8A00DC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5986780</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9309100</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1072515" cy="181610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -5323,188 +5459,200 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0C0A2D1B" w14:textId="5A99E18F" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="009D2757">
+                        <w:p w14:paraId="0C0A2D1B" w14:textId="2297821E" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="009D2757">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="20"/>
                             <w:ind w:left="60"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
                             <w:t>|</w:t>
                           </w:r>
-                          <w:r w:rsidR="009D2757">
+                          <w:r w:rsidR="000F1F24">
                             <w:rPr>
                               <w:color w:val="7D7578"/>
                             </w:rPr>
-                            <w:t>March 2023</w:t>
+                            <w:t>Decem</w:t>
+                          </w:r>
+                          <w:r w:rsidR="008E2B65">
+                            <w:rPr>
+                              <w:color w:val="7D7578"/>
+                            </w:rPr>
+                            <w:t>ber 2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0C0A2D15" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="docshape4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:471.4pt;margin-top:733pt;width:84.45pt;height:14.3pt;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUaC5/1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgO0K4w4hRdiw4D&#10;ugvQ7gNoWY6F2aJGKbGzrx8lx+nWvg17ESiJOjznkNpcT0MvDpq8QVvJYpVLoa3CxthdJb8/3b+7&#10;ksIHsA30aHUlj9rL6+3bN5vRlXqNHfaNJsEg1pejq2QXgiuzzKtOD+BX6LTlyxZpgMBb2mUNwcjo&#10;Q5+t8/wyG5EaR6i093x6N1/KbcJvW63C17b1Ooi+kswtpJXSWsc1226g3BG4zqgTDfgHFgMYy0XP&#10;UHcQQOzJvIIajCL02IaVwiHDtjVKJw2spshfqHnswOmkhc3x7myT/3+w6svh0X0jEaYPOHEDkwjv&#10;HlD98MLibQd2p2+IcOw0NFy4iJZlo/Pl6Wm02pc+gtTjZ2y4ybAPmICmloboCusUjM4NOJ5N11MQ&#10;KpbM368vigspFN8VV8VlkbqSQbm8duTDR42DiEEliZua0OHw4ENkA+WSEotZvDd9nxrb278OODGe&#10;JPaR8Ew9TPXE2VFFjc2RdRDOc8JzzUGH9EuKkWekkv7nHkhL0X+y7EUcqCWgJaiXAKzip5UMUszh&#10;bZgHb+/I7DpGnt22eMN+tSZJeWZx4sl9TwpPMxoH6899ynr+SdvfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA4Af1reAAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTKjIkjVNV&#10;CE5IiDQcODqxm1iN1yF22/D3bE6wt90Zzb4pdrMb2MVMwXqUsF4lwAy2XlvsJHzWrw9PwEJUqNXg&#10;0Uj4MQF25e1NoXLtr1iZyyF2jEIw5EpCH+OYcx7a3jgVVn40SNrRT05FWqeO60ldKdwNfJMkgjtl&#10;kT70ajTPvWlPh7OTsP/C6sV+vzcf1bGydZ0l+CZOUt7fzfstsGjm+GeGBZ/QoSSmxp9RBzZIyNIN&#10;oUcSUiGo1WKheQTWLLcsFcDLgv+vUf4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1Ggu&#10;f9YBAACRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;4Af1reAAAAAOAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0C0A2D1B" w14:textId="5A99E18F" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="009D2757">
+                  <w:p w14:paraId="0C0A2D1B" w14:textId="2297821E" w:rsidR="00F31324" w:rsidRDefault="000F6B50" w:rsidP="009D2757">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="20"/>
                       <w:ind w:left="60"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                         <w:spacing w:val="-1"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:t>|</w:t>
                     </w:r>
-                    <w:r w:rsidR="009D2757">
+                    <w:r w:rsidR="000F1F24">
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                       </w:rPr>
-                      <w:t>March 2023</w:t>
+                      <w:t>Decem</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008E2B65">
+                      <w:rPr>
+                        <w:color w:val="7D7578"/>
+                      </w:rPr>
+                      <w:t>ber 2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0A2D13" wp14:editId="08A30B9B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>673100</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9309100</wp:posOffset>
               </wp:positionV>
@@ -5539,51 +5687,51 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6DB551B4" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="53pt,733pt" to="551.9pt,733pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARyQnQswEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJWFIia7qGlXBao&#10;tMsPmPojsXA8lsdt0n+P7W3LCm6Ii2V7Zp7fezNeP0yDZWcVyKBr+XxWc6acQGlc1/Ifz/t3Hzmj&#10;CE6CRadaflHEHzZv36xH36gF9milCiyBOGpG3/I+Rt9UFYleDUAz9MqloMYwQEzH0FUywJjQB1st&#10;6npVjRikDygUUbrdvQT5puBrrUT8rjWpyGzLE7dY1lDWY16rzRqaLoDvjbjSgH9gMYBx6dE71A4i&#10;sFMwf0ENRgQk1HEmcKhQayNU0ZDUzOs/1Dz14FXRkswhf7eJ/h+s+HbeukPI1MXknvwjip/EHG57&#10;cJ0qBJ4vPjVunq2qRk/NvSQfyB8CO45fUaYcOEUsLkw6DBky6WNTMftyN1tNkYl0uVouV/Uy9UTc&#10;YhU0t0IfKH5ROLC8abk1LvsADZwfKWYi0NxS8rXDvbG29NI6NrZ8Of/wvhQQWiNzMKdR6I5bG9gZ&#10;0jTsPtX1Yl9UpcjrtIAnJwtYr0B+vu4jGPuyT49bdzUj68/DRs0R5eUQbialdhWW19HK8/D6XKp/&#10;f4DNLwAAAP//AwBQSwMEFAAGAAgAAAAhAG7FJv7cAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;T8FKw0AUvAv+w/IEL2J3ayQNMZsigoJ4MtX7NvtMgtm3IbtpY7/el4PU28ybYd5MsZ1dLw44hs6T&#10;hvVKgUCqve2o0fCxe77NQIRoyJreE2r4wQDb8vKiMLn1R3rHQxUbwSEUcqOhjXHIpQx1i86ElR+Q&#10;WPvyozOR6dhIO5ojh7te3imVSmc64g+tGfCpxfq7mpyGbJZv2elGnjYb+nw1k0tedlWi9fXV/PgA&#10;IuIcz2ZY6nN1KLnT3k9kg+iZq5S3RAb36YIWy1olPGf/d5NlIf/PKH8BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAEckJ0LMBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbsUm/twAAAAOAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="#d9002f" strokeweight=".25pt">
+            <v:line w14:anchorId="3CA2FA4A" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="53pt,733pt" to="551.9pt,733pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARyQnQswEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJWFIia7qGlXBao&#10;tMsPmPojsXA8lsdt0n+P7W3LCm6Ii2V7Zp7fezNeP0yDZWcVyKBr+XxWc6acQGlc1/Ifz/t3Hzmj&#10;CE6CRadaflHEHzZv36xH36gF9milCiyBOGpG3/I+Rt9UFYleDUAz9MqloMYwQEzH0FUywJjQB1st&#10;6npVjRikDygUUbrdvQT5puBrrUT8rjWpyGzLE7dY1lDWY16rzRqaLoDvjbjSgH9gMYBx6dE71A4i&#10;sFMwf0ENRgQk1HEmcKhQayNU0ZDUzOs/1Dz14FXRkswhf7eJ/h+s+HbeukPI1MXknvwjip/EHG57&#10;cJ0qBJ4vPjVunq2qRk/NvSQfyB8CO45fUaYcOEUsLkw6DBky6WNTMftyN1tNkYl0uVouV/Uy9UTc&#10;YhU0t0IfKH5ROLC8abk1LvsADZwfKWYi0NxS8rXDvbG29NI6NrZ8Of/wvhQQWiNzMKdR6I5bG9gZ&#10;0jTsPtX1Yl9UpcjrtIAnJwtYr0B+vu4jGPuyT49bdzUj68/DRs0R5eUQbialdhWW19HK8/D6XKp/&#10;f4DNLwAAAP//AwBQSwMEFAAGAAgAAAAhAG7FJv7cAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;T8FKw0AUvAv+w/IEL2J3ayQNMZsigoJ4MtX7NvtMgtm3IbtpY7/el4PU28ybYd5MsZ1dLw44hs6T&#10;hvVKgUCqve2o0fCxe77NQIRoyJreE2r4wQDb8vKiMLn1R3rHQxUbwSEUcqOhjXHIpQx1i86ElR+Q&#10;WPvyozOR6dhIO5ojh7te3imVSmc64g+tGfCpxfq7mpyGbJZv2elGnjYb+nw1k0tedlWi9fXV/PgA&#10;IuIcz2ZY6nN1KLnT3k9kg+iZq5S3RAb36YIWy1olPGf/d5NlIf/PKH8BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAEckJ0LMBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbsUm/twAAAAOAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="#d9002f" strokeweight=".25pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0A2D14" wp14:editId="41D80BF6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>673100</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9309100</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4124960" cy="455930"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="docshape3"/>
@@ -6087,73 +6235,73 @@
                         <w:color w:val="7D7578"/>
                       </w:rPr>
                       <w:t xml:space="preserve">37243 </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="7D7578"/>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t>tn.gov/education</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5D77601E" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="283D3B0A" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="61AF2151" w14:textId="77777777" w:rsidR="002967C2" w:rsidRDefault="002967C2"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C0A2D0C" w14:textId="77777777" w:rsidR="00F31324" w:rsidRDefault="000F6B50">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C0A2D11" wp14:editId="0D5B527B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>685800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345057</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1481454" cy="585469"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Picture 3" descr="Tennessee Department of Education Logo "/>
@@ -6171,51 +6319,51 @@
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1481454" cy="585469"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11C139FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E39A2BCC"/>
     <w:lvl w:ilvl="0" w:tplc="8C4A8B1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="403" w:hanging="288"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DA5C8052">
       <w:numFmt w:val="bullet"/>
@@ -8144,170 +8292,191 @@
   <w:num w:numId="10" w16cid:durableId="1500849627">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="357394216">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1645964947">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="200479670">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1748379849">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1867451511">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1623266812">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MrY0MDYxN7Y0MTQ3MLZU0lEKTi0uzszPAykwrAUANXynkywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F31324"/>
     <w:rsid w:val="00005ACC"/>
     <w:rsid w:val="000944CC"/>
     <w:rsid w:val="000B2238"/>
+    <w:rsid w:val="000F1F24"/>
     <w:rsid w:val="000F6B50"/>
     <w:rsid w:val="001466C2"/>
+    <w:rsid w:val="001A2C14"/>
     <w:rsid w:val="002378DC"/>
     <w:rsid w:val="00271797"/>
     <w:rsid w:val="00290797"/>
     <w:rsid w:val="002967C2"/>
+    <w:rsid w:val="00326468"/>
+    <w:rsid w:val="00362729"/>
     <w:rsid w:val="003E2660"/>
     <w:rsid w:val="004839A6"/>
     <w:rsid w:val="00584C33"/>
+    <w:rsid w:val="005944AD"/>
     <w:rsid w:val="005A2F95"/>
     <w:rsid w:val="005E1D95"/>
+    <w:rsid w:val="00605B25"/>
     <w:rsid w:val="006107FE"/>
     <w:rsid w:val="0061394A"/>
     <w:rsid w:val="00644B2E"/>
+    <w:rsid w:val="006705A3"/>
     <w:rsid w:val="006936A8"/>
     <w:rsid w:val="006D5D8B"/>
     <w:rsid w:val="006E29CE"/>
+    <w:rsid w:val="007037E3"/>
     <w:rsid w:val="00704941"/>
     <w:rsid w:val="007D04F2"/>
     <w:rsid w:val="007D2AD3"/>
     <w:rsid w:val="007F0376"/>
     <w:rsid w:val="008511F6"/>
     <w:rsid w:val="008A027D"/>
     <w:rsid w:val="008B1D5B"/>
+    <w:rsid w:val="008E2B65"/>
+    <w:rsid w:val="008E4D6D"/>
     <w:rsid w:val="0090060B"/>
     <w:rsid w:val="009017D0"/>
+    <w:rsid w:val="00905389"/>
+    <w:rsid w:val="00944F79"/>
     <w:rsid w:val="009879A1"/>
     <w:rsid w:val="009C0B97"/>
     <w:rsid w:val="009D2757"/>
+    <w:rsid w:val="009D31B4"/>
+    <w:rsid w:val="00A143AE"/>
     <w:rsid w:val="00A57996"/>
+    <w:rsid w:val="00AA5094"/>
     <w:rsid w:val="00AD4420"/>
     <w:rsid w:val="00B30F2D"/>
     <w:rsid w:val="00B355D2"/>
     <w:rsid w:val="00B73823"/>
     <w:rsid w:val="00BA4666"/>
     <w:rsid w:val="00BD6CBA"/>
+    <w:rsid w:val="00CA4FD6"/>
     <w:rsid w:val="00CE1BCA"/>
     <w:rsid w:val="00CF7219"/>
     <w:rsid w:val="00D52366"/>
     <w:rsid w:val="00DB615C"/>
     <w:rsid w:val="00DB7D40"/>
     <w:rsid w:val="00DF6828"/>
+    <w:rsid w:val="00E26FDA"/>
     <w:rsid w:val="00E30560"/>
     <w:rsid w:val="00E46093"/>
     <w:rsid w:val="00E97BA2"/>
     <w:rsid w:val="00EA0501"/>
+    <w:rsid w:val="00EC4F10"/>
+    <w:rsid w:val="00ED0AC7"/>
     <w:rsid w:val="00F01A32"/>
     <w:rsid w:val="00F31324"/>
     <w:rsid w:val="00F43042"/>
     <w:rsid w:val="00F4589F"/>
+    <w:rsid w:val="00FA1CC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0C0A2CA3"/>
   <w15:docId w15:val="{D3749E76-865F-48D9-B21B-AA257FA7D74E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8789,104 +8958,116 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D5D8B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D5D8B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00944F79"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naehcy.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/DocumentLibrary/ViewDocument.aspx?DocumentGuid=8cb8ab60-5749-4f9f-995e-e169b02aa5d6&amp;inline=true" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/documentlibrary/ViewDocument.aspx?DocumentKey=1729403&amp;inline=true" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/self-paced-online-training/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/self-paced-online-training/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nchehelpline.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/DocumentLibrary/ViewDocument.aspx?DocumentKey=1511231&amp;inline=true" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/parent-resources/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stateoftennessee.formstack.com/forms/liaison_directory" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/documentlibrary/ViewDocument.aspx?DocumentKey=1729403&amp;inline=true" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/self-paced-online-training/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/education-rights-poster-youth/?highlight=Educational%20Rights" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/self-paced-online-training/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/DocumentLibrary/ViewDocument.aspx?DocumentKey=1511231&amp;inline=true" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/educational-rights-poster-parent/?highlight=Educational%20Rights" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stateoftennessee.formstack.com/forms/liaison_directory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/parent-resources/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eplan.tn.gov/DocumentLibrary/ViewDocument.aspx?DocumentGuid=8cb8ab60-5749-4f9f-995e-e169b02aa5d6&amp;inline=true" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naehcy.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Custom 31">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="0000FF"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -9109,75 +9290,76 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdbd36bf12cbdbece3cc2ea427f660e9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9208,50 +9390,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -9355,116 +9542,139 @@
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44B2F11A-46D9-4A85-862B-C8BF2894C6BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE0648B0-30D7-477C-A19F-0F75DC9CC3CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37E649DF-CE5E-4CA1-8570-95D6A807F19C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9DC05E-3C26-4576-8AA3-766C363DE7BE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>841</Words>
-  <Characters>4794</Characters>
+  <Words>807</Words>
+  <Characters>5032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>McKinney-Vento Timeline Reminders 2021</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5624</CharactersWithSpaces>
+  <CharactersWithSpaces>5744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>5832768</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://eplan.tn.gov/DocumentLibrary/ViewDocument.aspx?DocumentGuid=8cb8ab60-5749-4f9f-995e-e169b02aa5d6&amp;inline=true</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997809</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9559,74 +9769,83 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://nche.ed.gov/parent-resources/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>McKinney-Vento Timeline Reminders 2021</dc:title>
+  <dc:title>McKinney-Vento Timeline Reminders 2025</dc:title>
   <dc:creator>Vanessa.Waters@tn.gov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010046DD4C04616E81499BC0A04B6F1D12A7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Created">
     <vt:filetime>2021-04-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 17 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LastSaved">
     <vt:filetime>2023-03-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Producer">
     <vt:lpwstr>Adobe Acrobat Pro 2017 17 Paper Capture Plug-in</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SourceModified">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
-    <vt:lpwstr>0</vt:lpwstr>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="GrammarlyDocumentId">
     <vt:lpwstr>558595e32eab20ec31bd19270998d0beb4fdebe68d70181052dfb8201ad2eee8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Order">
+    <vt:r8>2327900</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>