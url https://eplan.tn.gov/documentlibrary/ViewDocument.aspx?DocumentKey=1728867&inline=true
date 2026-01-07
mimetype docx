--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2A63DBEF" w14:textId="1A3DBED9" w:rsidR="00F11E97" w:rsidRPr="00AB06F7" w:rsidRDefault="00F11E97" w:rsidP="00AB06F7">
       <w:pPr>
         <w:ind w:left="-720" w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A63DBF1" w14:textId="6FA7885E" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="00F11E97">
       <w:pPr>
         <w:ind w:left="-720" w:right="-720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
@@ -216,51 +216,51 @@
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Use</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDB8750" w14:textId="5B33DE34" w:rsidR="007D47D6" w:rsidRPr="000603F6" w:rsidRDefault="007D47D6" w:rsidP="000603F6">
+    <w:p w14:paraId="2DDB8750" w14:textId="3C66B816" w:rsidR="007D47D6" w:rsidRPr="000603F6" w:rsidRDefault="007D47D6" w:rsidP="000603F6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Transportation</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
@@ -449,846 +449,896 @@
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>students</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F210A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>experiencing</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>homelessness</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF21D9" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESSA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00F210A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>722(g)(4)(A)].</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>are</w:t>
-[...47 lines deleted...]
-        <w:t>homelessness</w:t>
+        <w:t>transportation</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>parent</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(or,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>unaccompanied</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>youth,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>liaisons)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>origin,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>even</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>enrollment</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disputes</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BF21D9" w:rsidRPr="000603F6">
+      <w:r w:rsidR="006934E3" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ESSA </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>§722(g)(4)(A)].</w:t>
-[...607 lines deleted...]
-        <w:t>[</w:t>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="003E43C5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006934E3" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ESSA </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>22(g)(3)(E))(</w:t>
+        <w:t>22(g)(3)(E</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DE4980" w14:textId="7DB172E7" w:rsidR="007D47D6" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="000603F6">
+    <w:p w14:paraId="77DE4980" w14:textId="3B809C17" w:rsidR="007D47D6" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="000603F6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008C3F88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>local educational agency (</w:t>
+      </w:r>
       <w:r w:rsidR="00F11E97" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
+      <w:r w:rsidR="008C3F88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
@@ -1990,51 +2040,51 @@
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>choice.</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C505755" w14:textId="2EB108F0" w:rsidR="00242ECD" w:rsidRPr="000603F6" w:rsidRDefault="009370B6" w:rsidP="000603F6">
+    <w:p w14:paraId="6C505755" w14:textId="5CAF354A" w:rsidR="00242ECD" w:rsidRPr="000603F6" w:rsidRDefault="009370B6" w:rsidP="000603F6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Use this</w:t>
       </w:r>
       <w:r w:rsidR="00E626D0" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
@@ -2149,57 +2199,82 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="006C1183" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>parent</w:t>
       </w:r>
       <w:r w:rsidR="0072246F" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guardians</w:t>
       </w:r>
+      <w:r w:rsidR="00262BC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="0043546A" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Place this document on LEA letterhead, delete or update all red font areas, and provide the most up-to-date McKinney-Vento Liaison contact information.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00262BC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="0043546A" w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this document on LEA letterhead, delete or update all red font areas, and provide the most up-to-date McKinney-Vento Liaison contact information.</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0078276E" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">LEAs must keep a hard copy of each developed </w:t>
       </w:r>
       <w:r w:rsidR="007D47D6" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>transportation</w:t>
       </w:r>
@@ -2358,51 +2433,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="77EB6CA7" id="Straight Connector 1" o:spid="_x0000_s1026" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="498.75pt,2.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOM4fltgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x5ScOg0EyzkkSC9B&#10;EvTxAQy1tAjwBZK15L/PkrKloC1QtMhlxcfO7M5wtb0ZjSYHCFE529J6VVECVrhO2X1Lf3y/v7im&#10;JCZuO66dhZYeIdKb3ccP28E3sHa90x0EgiQ2NoNvaZ+SbxiLogfD48p5sHgpXTA84TbsWRf4gOxG&#10;s3VVXbHBhc4HJyBGPL2bLumu8EsJIj1JGSER3VLsLZUYSnzJke22vNkH7nslTm3w/+jCcGWx6Ex1&#10;xxMnP4P6jcooEVx0Mq2EM8xJqQQUDaimrn5R863nHooWNCf62ab4frTi8XBrnwPaMPjYRP8csopR&#10;BpO/2B8Zi1nH2SwYExF4eHV5+alebygReLe+3nzeZDPZAvYhpi/gDMmLlmplsxbe8MNDTFPqOSUf&#10;a5tjdFp190rrsslTALc6kAPH90tjfSrxJgsLZiRb2i+rdNQwsX4FSVSHDdelepmshZMLATadebXF&#10;7AyT2MEMrP4OPOVnKJSp+xfwjCiVnU0z2Cjrwp+qL1bIKf/swKQ7W/DiumN52GINjk95nNOo5/l8&#10;uy/w5YfcvQIAAP//AwBQSwMEFAAGAAgAAAAhAEkY4njbAAAAAwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyoA2pLm2ZTIQQXxCWhB7i58TaOGq/T2GnC32O4lMtKoxnNvM22k23F&#10;mXrfOEa4nyUgiCunG64Rdh+vdysQPijWqnVMCN/kYZtfX2Uq1W7kgs5lqEUsYZ8qBBNCl0rpK0NW&#10;+ZnriKN3cL1VIcq+lrpXYyy3rXxIkqW0quG4YFRHz4aqYzlYhLfTu9/Nl8VL8XlalePXYTC1I8Tb&#10;m+lpAyLQFC5h+MWP6JBHpr0bWHvRIsRHwt+N3nr9uACxR5gvQOaZ/M+e/wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBOM4fltgEAANgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBJGOJ42wAAAAMBAAAPAAAAAAAAAAAAAAAAABAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3213]">
+              <v:line w14:anchorId="227F05CF" id="Straight Connector 1" o:spid="_x0000_s1026" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="498.75pt,2.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOM4fltgEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x5ScOg0EyzkkSC9B&#10;EvTxAQy1tAjwBZK15L/PkrKloC1QtMhlxcfO7M5wtb0ZjSYHCFE529J6VVECVrhO2X1Lf3y/v7im&#10;JCZuO66dhZYeIdKb3ccP28E3sHa90x0EgiQ2NoNvaZ+SbxiLogfD48p5sHgpXTA84TbsWRf4gOxG&#10;s3VVXbHBhc4HJyBGPL2bLumu8EsJIj1JGSER3VLsLZUYSnzJke22vNkH7nslTm3w/+jCcGWx6Ex1&#10;xxMnP4P6jcooEVx0Mq2EM8xJqQQUDaimrn5R863nHooWNCf62ab4frTi8XBrnwPaMPjYRP8csopR&#10;BpO/2B8Zi1nH2SwYExF4eHV5+alebygReLe+3nzeZDPZAvYhpi/gDMmLlmplsxbe8MNDTFPqOSUf&#10;a5tjdFp190rrsslTALc6kAPH90tjfSrxJgsLZiRb2i+rdNQwsX4FSVSHDdelepmshZMLATadebXF&#10;7AyT2MEMrP4OPOVnKJSp+xfwjCiVnU0z2Cjrwp+qL1bIKf/swKQ7W/DiumN52GINjk95nNOo5/l8&#10;uy/w5YfcvQIAAP//AwBQSwMEFAAGAAgAAAAhAEkY4njbAAAAAwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyoA2pLm2ZTIQQXxCWhB7i58TaOGq/T2GnC32O4lMtKoxnNvM22k23F&#10;mXrfOEa4nyUgiCunG64Rdh+vdysQPijWqnVMCN/kYZtfX2Uq1W7kgs5lqEUsYZ8qBBNCl0rpK0NW&#10;+ZnriKN3cL1VIcq+lrpXYyy3rXxIkqW0quG4YFRHz4aqYzlYhLfTu9/Nl8VL8XlalePXYTC1I8Tb&#10;m+lpAyLQFC5h+MWP6JBHpr0bWHvRIsRHwt+N3nr9uACxR5gvQOaZ/M+e/wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBOM4fltgEAANgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBJGOJ42wAAAAMBAAAPAAAAAAAAAAAAAAAAABAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="black [3213]">
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2FA9B4" w14:textId="77777777" w:rsidR="00C33658" w:rsidRPr="000603F6" w:rsidRDefault="00C33658" w:rsidP="00F11E97">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8100"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="360" w:right="1008" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A63DBF5" w14:textId="0C6B5F32" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="006F4254">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -3873,51 +3948,51 @@
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>convenient.</w:t>
       </w:r>
       <w:r w:rsidR="004D6E0E" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A63DBF8" w14:textId="3A607B5A" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="006F4254">
+    <w:p w14:paraId="2A63DBF8" w14:textId="11435C4C" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="006F4254">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="8100"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540" w:right="338"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Personal</w:t>
       </w:r>
@@ -3997,55 +4072,55 @@
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>parent/guardian/student</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000603F6">
-[...3 lines deleted...]
-        <w:t>that</w:t>
+      <w:r w:rsidR="0027675D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>who</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
@@ -4514,72 +4589,83 @@
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>gas</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>card,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
+        <w:t>card</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17105">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000603F6">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000603F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>amount</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
@@ -5045,51 +5131,51 @@
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>gasoline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A63DBF9" w14:textId="01FED0C6" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="006F4254">
+    <w:p w14:paraId="2A63DBF9" w14:textId="5BAA14BE" w:rsidR="002A3D7C" w:rsidRPr="000603F6" w:rsidRDefault="002A3D7C" w:rsidP="006F4254">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="8100"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="540" w:right="338"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>School</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
@@ -5696,55 +5782,55 @@
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>transportation</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000603F6">
-[...3 lines deleted...]
-        <w:t>writing</w:t>
+      <w:r w:rsidR="00F16554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>written</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>into</w:t>
       </w:r>
       <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000603F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>it,</w:t>
       </w:r>
@@ -5839,73 +5925,73 @@
     <w:p w14:paraId="2A63DBFD" w14:textId="77777777" w:rsidR="00E47E8E" w:rsidRPr="000603F6" w:rsidRDefault="00E47E8E" w:rsidP="00E47E8E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E47E8E" w:rsidRPr="000603F6" w:rsidSect="00444CF4">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1800" w:right="1080" w:bottom="1267" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66E35EB1" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
+    <w:p w14:paraId="679626A4" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="185CBB50" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
+    <w:p w14:paraId="148C67B8" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39EED91B" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1"/>
+    <w:p w14:paraId="182F73E7" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5930,51 +6016,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A63DC06" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D" w:rsidP="0089763D">
     <w:pPr>
       <w:spacing w:before="12"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A63DC07" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="005616B1" w:rsidP="00364BE0">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
@@ -6065,51 +6151,51 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0C2B76F3" id="Group 1" o:spid="_x0000_s1026" style="width:525.3pt;height:3.55pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzI6XHKwMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVclu2zAQvRfoPxA8tmgkr3GEyEGRDQXS&#10;NkDc3mmKWlCKZEnacvr1HS5yZKc5NLkIQ81w5s2bhecXu5ajLdOmkSLHo5MUIyaoLBpR5fjH6ubT&#10;AiNjiSgIl4Ll+JEZfLF8/+68Uxkby1rygmkEToTJOpXj2lqVJYmhNWuJOZGKCVCWUrfEwlFXSaFJ&#10;B95bnozTdJ50UhdKS8qMgb9XQYmX3n9ZMmq/l6VhFvEcAzbrv9p/1+6bLM9JVmmi6oZGGOQVKFrS&#10;CAi6d3VFLEEb3Txz1TZUSyNLe0Jlm8iybCjzOUA2o/Qom1stN8rnUmVdpfY0AbVHPL3aLf22vdXq&#10;Qd3rgB7EO0l/GeAl6VSVDfXuXAVjtO6+ygLqSTZW+sR3pW5RyRv1E9rA/4Hk0M4z/bhnmu0sovBz&#10;Pj8dTUZQEAq66SxdzEIlaA3lenaL1tfx3mIxG4VLcNlhJJkLHMFGcK74EWkQIYl7jZoCQmEkSAu4&#10;PbVo7Hwcp+mK+CYaHJMx+RlGkGBMrk9+sZjGJHx8ku2zPjAfZn1w4cWkYYTMU5eYt3XJQ00U881n&#10;XBdEAgFhIPBGM+bGEk0Ch96o7yMzbKKBplMmM9Br/26f/+RtTwMQuDH2lknoA5KR7Z2xYawLkHxb&#10;FxH0CjqubDlM+MdPKEUzFCtT7Q2gMMHgQ4JWKeqQL1Z013sZ90beC1jMnzua9DbO0XjgCGBXPTBS&#10;91jpTkSwICHitmfqp0hJ4+ZhBcD6MQIPYOQSe8EWYh/bhjsxhIa1eLwQNUawENdhDBWxDpkL4UTU&#10;5djz4H60cstW0qvs0aRCkCctF0Or0PMDVEENN1wAP8j7oA7roKBC3jSc+xJw4aDMJ7PAjZG8KZzS&#10;oTG6Wl9yjbYEVv3VWZpO+g1xYAYrVRTeWc1IcR1lSxoeZAjOgVtYfqFV3X4w2VoWj9C2WoYHBB48&#10;EGqp/2DUweORY/N7QzTDiH8RMHdno+nUvTb+MJ2djuGgh5r1UEMEBVc5thgK78RLG16ojdJNVUOk&#10;sFCF/Azbtmxcd3t8AVU8wOh7ab/5/P6GZwP+HrxLw7O/8fQQL/8CAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+liAm2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3W2JVdJsSiko&#10;Ir0YtfQ4zY7JYnY2ZLdt/Pdue9HLwOM93vumWI6uE0cagvWsYTpRIIhrbyw3Gj7en+4eQYSIbLDz&#10;TBp+KMCyvL4qMDf+xG90rGIjUgmHHDW0Mfa5lKFuyWGY+J44eV9+cBiTHBppBjylctfJmVJz6dBy&#10;Wmixp3VL9Xd1cBo+VzajbLt73aia6MXI3XNlM61vb8bVAkSkMf6F4Yyf0KFMTHt/YBNEpyE9Ei/3&#10;7Kl7NQex1/AwBVkW8j98+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzI6XHKwMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB+liAm2gAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
+            <v:group w14:anchorId="45205D64" id="Group 1" o:spid="_x0000_s1026" style="width:525.3pt;height:3.55pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzI6XHKwMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVclu2zAQvRfoPxA8tmgkr3GEyEGRDQXS&#10;NkDc3mmKWlCKZEnacvr1HS5yZKc5NLkIQ81w5s2bhecXu5ajLdOmkSLHo5MUIyaoLBpR5fjH6ubT&#10;AiNjiSgIl4Ll+JEZfLF8/+68Uxkby1rygmkEToTJOpXj2lqVJYmhNWuJOZGKCVCWUrfEwlFXSaFJ&#10;B95bnozTdJ50UhdKS8qMgb9XQYmX3n9ZMmq/l6VhFvEcAzbrv9p/1+6bLM9JVmmi6oZGGOQVKFrS&#10;CAi6d3VFLEEb3Txz1TZUSyNLe0Jlm8iybCjzOUA2o/Qom1stN8rnUmVdpfY0AbVHPL3aLf22vdXq&#10;Qd3rgB7EO0l/GeAl6VSVDfXuXAVjtO6+ygLqSTZW+sR3pW5RyRv1E9rA/4Hk0M4z/bhnmu0sovBz&#10;Pj8dTUZQEAq66SxdzEIlaA3lenaL1tfx3mIxG4VLcNlhJJkLHMFGcK74EWkQIYl7jZoCQmEkSAu4&#10;PbVo7Hwcp+mK+CYaHJMx+RlGkGBMrk9+sZjGJHx8ku2zPjAfZn1w4cWkYYTMU5eYt3XJQ00U881n&#10;XBdEAgFhIPBGM+bGEk0Ch96o7yMzbKKBplMmM9Br/26f/+RtTwMQuDH2lknoA5KR7Z2xYawLkHxb&#10;FxH0CjqubDlM+MdPKEUzFCtT7Q2gMMHgQ4JWKeqQL1Z013sZ90beC1jMnzua9DbO0XjgCGBXPTBS&#10;91jpTkSwICHitmfqp0hJ4+ZhBcD6MQIPYOQSe8EWYh/bhjsxhIa1eLwQNUawENdhDBWxDpkL4UTU&#10;5djz4H60cstW0qvs0aRCkCctF0Or0PMDVEENN1wAP8j7oA7roKBC3jSc+xJw4aDMJ7PAjZG8KZzS&#10;oTG6Wl9yjbYEVv3VWZpO+g1xYAYrVRTeWc1IcR1lSxoeZAjOgVtYfqFV3X4w2VoWj9C2WoYHBB48&#10;EGqp/2DUweORY/N7QzTDiH8RMHdno+nUvTb+MJ2djuGgh5r1UEMEBVc5thgK78RLG16ojdJNVUOk&#10;sFCF/Azbtmxcd3t8AVU8wOh7ab/5/P6GZwP+HrxLw7O/8fQQL/8CAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+liAm2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3W2JVdJsSiko&#10;Ir0YtfQ4zY7JYnY2ZLdt/Pdue9HLwOM93vumWI6uE0cagvWsYTpRIIhrbyw3Gj7en+4eQYSIbLDz&#10;TBp+KMCyvL4qMDf+xG90rGIjUgmHHDW0Mfa5lKFuyWGY+J44eV9+cBiTHBppBjylctfJmVJz6dBy&#10;Wmixp3VL9Xd1cBo+VzajbLt73aia6MXI3XNlM61vb8bVAkSkMf6F4Yyf0KFMTHt/YBNEpyE9Ei/3&#10;7Kl7NQex1/AwBVkW8j98+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzI6XHKwMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB+liAm2gAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSlSazxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6ibaFomuEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6FUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqeXz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iG3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSlSazxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfTpe9xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk2FFo1ZxRakORQh1pQeH9lnEpp9m2bXGP+9Kwg9DjPzDZOuR9OKgXrXWFbwHMUg&#10;iEurG64UHL62T3MQziNrbC2Tggs5WK8mDykm2p45p2HvKxEg7BJUUHvfJVK6siaDLrIdcfCOtjfo&#10;g+wrqXs8B7hp5SyOX6XBhsNCjR2911T+7k9Ggf7wW3or8kWuT8Xs8y/7/tnsjFKP03GzBOFp9P/h&#10;ezvTCl7gdiXcALm6AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9Ol73EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="2A63DC08" w14:textId="44578AC5" w:rsidR="004313EE" w:rsidRPr="004313EE" w:rsidRDefault="004313EE" w:rsidP="00364BE0">
     <w:pPr>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:ind w:right="-40"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004313EE">
       <w:rPr>
@@ -6520,51 +6606,51 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004313EE" w:rsidRPr="004313EE">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A334C74" w14:textId="714DA825" w:rsidR="00444CF4" w:rsidRPr="009E1FDF" w:rsidRDefault="00444CF4" w:rsidP="00444CF4">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Open Sans" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009E1FDF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E19BC" wp14:editId="4440496D">
               <wp:extent cx="6400800" cy="45720"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="6" name="Group 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6634,64 +6720,64 @@
                             </a:pathLst>
                           </a:custGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:srgbClr val="D90030"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="74F1A335" id="Group 6" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDgIxMLAMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6bI8SlGgrSA&#10;25cWjV3/j9N0TXxTGVwlY/IzjCDBWaBZn/xiMY1J+Pgk22d9YD7M+uDCi0nDCJknlpi3seShJop5&#10;8hnHglhAGOdQwBvNmBtLNAk19EY9j8yQRANNp0xmgGv/ps9/1m1fBijgxthbJoEHJCPbO2PDWBcg&#10;eVoXEfQKGFe2HCb84yeUohmKnan2BtCYYPAhQasUdcg3K7rrvYx7I+8FLObPHU16G+doPHAEsKse&#10;GKl7rHQnIliQEHHbM/VTpKRx87ACYP0YgQcwcom9YAuxj23DnRhCw1o8XogaI1iI68BURaxD5kI4&#10;EXU59nVwB63cspX0Kns0qRDkScvF0CpwfoAqqOGGCwDzGwQf1GEdNFTIm4Zz3wIuHJT5ZBZqYyRv&#10;Cqd0aIyu1pdcoy2BVX91lqaTfkMcmMFKFYV3VjNSXEfZkoYHGYJzqC0sv0BVtx9MtpbFI9BWy/CA&#10;wIMHQi31H4w6eDxybH5viGYY8S8C5u5sNJ2618b/hPWG9FCzHmqIoOAqxxZD4514acMLtVG6qWqI&#10;FBaqkJ9h25aNY7fHF1DFHxh9L+03n9/f8GzA6cG7NPz3N54e4uVfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAhRJIf9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzKCN7trCVpiNqUU&#10;FBEvTVV6nGanydLsbMhu2/jvu/WilwePN7z3TbEYXSdONATrWcPDVIEgrr2x3Gj43Lzcz0GEiGyw&#10;80wafijAopzcFJgbf+Y1narYiFTCIUcNbYx9LmWoW3IYpr4nTtneDw5jskMjzYDnVO46OVPqUTq0&#10;nBZa7GnVUn2ojk7D19JmlH1v3z9UTfRm5Pa1spnWd7fj8hlEpDH+HcMVP6FDmZh2/sgmiE5DeiT+&#10;6jVTap78TsPTDGRZyP/w5QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDgIxMLAMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFEkh/2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
+            <v:group w14:anchorId="1AF82A39" id="Group 6" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDgIxMLAMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6bI8SlGgrSA&#10;25cWjV3/j9N0TXxTGVwlY/IzjCDBWaBZn/xiMY1J+Pgk22d9YD7M+uDCi0nDCJknlpi3seShJop5&#10;8hnHglhAGOdQwBvNmBtLNAk19EY9j8yQRANNp0xmgGv/ps9/1m1fBijgxthbJoEHJCPbO2PDWBcg&#10;eVoXEfQKGFe2HCb84yeUohmKnan2BtCYYPAhQasUdcg3K7rrvYx7I+8FLObPHU16G+doPHAEsKse&#10;GKl7rHQnIliQEHHbM/VTpKRx87ACYP0YgQcwcom9YAuxj23DnRhCw1o8XogaI1iI68BURaxD5kI4&#10;EXU59nVwB63cspX0Kns0qRDkScvF0CpwfoAqqOGGCwDzGwQf1GEdNFTIm4Zz3wIuHJT5ZBZqYyRv&#10;Cqd0aIyu1pdcoy2BVX91lqaTfkMcmMFKFYV3VjNSXEfZkoYHGYJzqC0sv0BVtx9MtpbFI9BWy/CA&#10;wIMHQi31H4w6eDxybH5viGYY8S8C5u5sNJ2618b/hPWG9FCzHmqIoOAqxxZD4514acMLtVG6qWqI&#10;FBaqkJ9h25aNY7fHF1DFHxh9L+03n9/f8GzA6cG7NPz3N54e4uVfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAhRJIf9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzKCN7trCVpiNqUU&#10;FBEvTVV6nGanydLsbMhu2/jvu/WilwePN7z3TbEYXSdONATrWcPDVIEgrr2x3Gj43Lzcz0GEiGyw&#10;80wafijAopzcFJgbf+Y1narYiFTCIUcNbYx9LmWoW3IYpr4nTtneDw5jskMjzYDnVO46OVPqUTq0&#10;nBZa7GnVUn2ojk7D19JmlH1v3z9UTfRm5Pa1spnWd7fj8hlEpDH+HcMVP6FDmZh2/sgmiE5DeiT+&#10;6jVTap78TsPTDGRZyP/w5QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDgIxMLAMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFEkh/2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCiR7jExQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6iZKW4muEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6EUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqfnz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iF3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiR7jExQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxTzgjvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVA+i1SgqiB5EqLsVj0MztsVmUpuo9d+bg+Dx8b5ni9ZU4kGNKy0rGPQjEMSZ1SXn&#10;Cv7/Nr9jEM4ja6wsk4IXOVjMOz8zjLV9ckKPo89FCGEXo4LC+zqW0mUFGXR9WxMH7mIbgz7AJpe6&#10;wWcIN5UcRtFIGiw5NBRY07qg7Hq8GwV66ze0SpNJou/pcH/bnc7Lg1Gq122XUxCeWv8Vf9w7rSBs&#10;DVfCDZDzNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxTzgjvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A63DC0C" w14:textId="75C2DFAE" w:rsidR="008831C4" w:rsidRPr="000603F6" w:rsidRDefault="00444CF4" w:rsidP="00444CF4">
+  <w:p w14:paraId="2A63DC0C" w14:textId="4863DDAD" w:rsidR="008831C4" w:rsidRPr="000603F6" w:rsidRDefault="00444CF4" w:rsidP="00444CF4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:ind w:right="-43"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division</w:t>
     </w:r>
     <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6854,59 +6940,69 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="005E0139" w:rsidRPr="000603F6">
+    <w:r w:rsidR="008C1319">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>March 2023</w:t>
+      <w:t>Decem</w:t>
+    </w:r>
+    <w:r w:rsidR="00E41F2F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="7E7578"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ber 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>710</w:t>
     </w:r>
     <w:r w:rsidR="00C33658" w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
@@ -7087,88 +7183,88 @@
     </w:r>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>37243</w:t>
     </w:r>
     <w:r w:rsidRPr="000603F6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Open Sans" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BC0E74B" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
+    <w:p w14:paraId="446300F3" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E783A01" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
+    <w:p w14:paraId="1620152F" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3851D517" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1"/>
+    <w:p w14:paraId="1A614851" w14:textId="77777777" w:rsidR="008C3CB1" w:rsidRDefault="008C3CB1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A63DC03" w14:textId="45B22A97" w:rsidR="0089763D" w:rsidRDefault="0089763D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A63DC04" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A63DC0A" w14:textId="1EF28E06" w:rsidR="008831C4" w:rsidRDefault="008831C4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A63DC0F" wp14:editId="78BE4C53">
           <wp:extent cx="1490472" cy="585216"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="42" name="Picture 42" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -7187,51 +7283,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1490472" cy="585216"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B30442F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4B8C94D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -7552,251 +7648,274 @@
   <w:num w:numId="5" w16cid:durableId="921991886">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1208175844">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1191341643">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="185483476">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="16003344">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1000618008">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="169175831">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNjI0MjMxNzayNDI0MDdQ0lEKTi0uzszPAykwNKsFAEvvZEYtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00957E2F"/>
+    <w:rsid w:val="00022E28"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="000265DC"/>
     <w:rsid w:val="00027DAA"/>
     <w:rsid w:val="00047C84"/>
+    <w:rsid w:val="00055244"/>
     <w:rsid w:val="00057DEE"/>
     <w:rsid w:val="000603F6"/>
     <w:rsid w:val="000827FD"/>
     <w:rsid w:val="00086D75"/>
     <w:rsid w:val="000936CC"/>
     <w:rsid w:val="000B2D89"/>
     <w:rsid w:val="000D3E07"/>
     <w:rsid w:val="0012065C"/>
     <w:rsid w:val="00134746"/>
+    <w:rsid w:val="00147464"/>
+    <w:rsid w:val="00162FE8"/>
     <w:rsid w:val="001A2F83"/>
     <w:rsid w:val="001A7167"/>
     <w:rsid w:val="001E5A56"/>
     <w:rsid w:val="001E6D26"/>
     <w:rsid w:val="00242ECD"/>
     <w:rsid w:val="002541C9"/>
+    <w:rsid w:val="00262BC1"/>
+    <w:rsid w:val="0027675D"/>
     <w:rsid w:val="00290649"/>
     <w:rsid w:val="00297233"/>
     <w:rsid w:val="002A3D7C"/>
     <w:rsid w:val="002C21AC"/>
     <w:rsid w:val="002D6888"/>
     <w:rsid w:val="00310833"/>
     <w:rsid w:val="00326BDF"/>
     <w:rsid w:val="0033603D"/>
     <w:rsid w:val="00344535"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="00394685"/>
     <w:rsid w:val="003C74B7"/>
+    <w:rsid w:val="003E43C5"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="004313EE"/>
     <w:rsid w:val="0043546A"/>
     <w:rsid w:val="00444CF4"/>
     <w:rsid w:val="004552D3"/>
     <w:rsid w:val="0046272C"/>
     <w:rsid w:val="0046792E"/>
     <w:rsid w:val="00497026"/>
     <w:rsid w:val="004D6E0E"/>
     <w:rsid w:val="004E0FB3"/>
     <w:rsid w:val="004E5EF9"/>
     <w:rsid w:val="00525DC0"/>
     <w:rsid w:val="00527ACC"/>
     <w:rsid w:val="00542B2B"/>
     <w:rsid w:val="005616B1"/>
     <w:rsid w:val="005935CB"/>
     <w:rsid w:val="005D5FE2"/>
     <w:rsid w:val="005D7353"/>
     <w:rsid w:val="005D7CBC"/>
     <w:rsid w:val="005E0139"/>
     <w:rsid w:val="005F5D2A"/>
+    <w:rsid w:val="00625B03"/>
     <w:rsid w:val="00642AEE"/>
     <w:rsid w:val="00664E54"/>
     <w:rsid w:val="00665EBF"/>
     <w:rsid w:val="00671B7E"/>
     <w:rsid w:val="006934E3"/>
     <w:rsid w:val="006C1183"/>
     <w:rsid w:val="006E2685"/>
     <w:rsid w:val="006F4254"/>
     <w:rsid w:val="0072246F"/>
     <w:rsid w:val="00724F02"/>
     <w:rsid w:val="00725F01"/>
+    <w:rsid w:val="00737ED1"/>
     <w:rsid w:val="007450D4"/>
     <w:rsid w:val="0074788D"/>
     <w:rsid w:val="00772246"/>
     <w:rsid w:val="0078276E"/>
     <w:rsid w:val="007A28C2"/>
+    <w:rsid w:val="007C342C"/>
     <w:rsid w:val="007D47D6"/>
     <w:rsid w:val="007D7FF2"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="0083644D"/>
     <w:rsid w:val="00841C84"/>
     <w:rsid w:val="00853680"/>
     <w:rsid w:val="008719E7"/>
     <w:rsid w:val="008831C4"/>
     <w:rsid w:val="0089763D"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008B6C9B"/>
+    <w:rsid w:val="008C1319"/>
     <w:rsid w:val="008C3CB1"/>
+    <w:rsid w:val="008C3F88"/>
     <w:rsid w:val="008D45C4"/>
     <w:rsid w:val="008D7152"/>
     <w:rsid w:val="0090083D"/>
     <w:rsid w:val="00922DF4"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="009330F5"/>
     <w:rsid w:val="00933F48"/>
+    <w:rsid w:val="00934A1D"/>
     <w:rsid w:val="009370B6"/>
+    <w:rsid w:val="009447FF"/>
     <w:rsid w:val="0094727C"/>
     <w:rsid w:val="00957E2F"/>
     <w:rsid w:val="00985C0B"/>
     <w:rsid w:val="009A343D"/>
     <w:rsid w:val="009A492F"/>
     <w:rsid w:val="009A6978"/>
     <w:rsid w:val="009B332A"/>
     <w:rsid w:val="009B3771"/>
     <w:rsid w:val="009C3A93"/>
+    <w:rsid w:val="009F3CE9"/>
     <w:rsid w:val="00A427E5"/>
     <w:rsid w:val="00A7214F"/>
     <w:rsid w:val="00AB06F7"/>
     <w:rsid w:val="00B04B71"/>
     <w:rsid w:val="00B07A60"/>
     <w:rsid w:val="00BA3AA3"/>
+    <w:rsid w:val="00BD2844"/>
     <w:rsid w:val="00BD44E0"/>
     <w:rsid w:val="00BE6FF8"/>
     <w:rsid w:val="00BF21D9"/>
     <w:rsid w:val="00BF59AC"/>
     <w:rsid w:val="00C33658"/>
     <w:rsid w:val="00C40544"/>
     <w:rsid w:val="00C41931"/>
     <w:rsid w:val="00C46618"/>
+    <w:rsid w:val="00C46844"/>
     <w:rsid w:val="00C479CB"/>
+    <w:rsid w:val="00C53ABC"/>
     <w:rsid w:val="00D01A36"/>
+    <w:rsid w:val="00D17105"/>
     <w:rsid w:val="00D8606A"/>
     <w:rsid w:val="00DA7099"/>
     <w:rsid w:val="00DD277F"/>
     <w:rsid w:val="00E308ED"/>
+    <w:rsid w:val="00E41F2F"/>
     <w:rsid w:val="00E47E8E"/>
     <w:rsid w:val="00E51338"/>
     <w:rsid w:val="00E626D0"/>
     <w:rsid w:val="00E85115"/>
+    <w:rsid w:val="00E95CD2"/>
     <w:rsid w:val="00E96F29"/>
     <w:rsid w:val="00EE7425"/>
     <w:rsid w:val="00F0532E"/>
     <w:rsid w:val="00F11E97"/>
+    <w:rsid w:val="00F16554"/>
+    <w:rsid w:val="00F210A7"/>
     <w:rsid w:val="00F224F0"/>
     <w:rsid w:val="00F4799C"/>
     <w:rsid w:val="00F82D37"/>
     <w:rsid w:val="00FB4CD0"/>
     <w:rsid w:val="00FC494A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A63DBEE"/>
   <w15:docId w15:val="{BD471CD3-4D5D-4439-99D9-ABB12882EEB3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8580,51 +8699,51 @@
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00933F48"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mention1">
     <w:name w:val="Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00933F48"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ca20823\Desktop\Homeless\Homeless%20Toolkit%20Draft\Transportation%20options%20for%20Parents.docx.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="TDOE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8841,75 +8960,76 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdbd36bf12cbdbece3cc2ea427f660e9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8940,50 +9060,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -9087,148 +9212,157 @@
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E267C24-053D-444C-9668-A1D7233B68D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43B52886-73A9-489B-8088-9A152F3C760B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9EF9C91-11C7-4756-82D4-ED75C1150FDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C97096-27EE-4D8A-ACBC-76267E397C07}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="d96adafe-4c63-4b28-85ee-44c0bdde9bbb"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F4828D-86CA-4399-8E22-5D9A34920BA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Transportation options for Parents.docx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>423</Words>
-  <Characters>2417</Characters>
+  <Words>447</Words>
+  <Characters>2421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2835</CharactersWithSpaces>
+  <CharactersWithSpaces>2855</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sample McKinney-Vento Transportation Options 2021 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa Waters</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
@@ -9243,27 +9377,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Order">
     <vt:r8>1300</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="GrammarlyDocumentId">
     <vt:lpwstr>c2ae5cafcaa4e921b6d6c849df37cadc5baede6be5b0397b818e64eecf4af040</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>