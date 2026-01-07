--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -1,144 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="16131515" w14:textId="1C6E7421" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="581E4B47">
+    <w:p w14:paraId="16131515" w14:textId="6EC38920" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="581E4B47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Transportation MOU Template</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0064043F" w:rsidRPr="00BE7133">
+        <w:t>Transportation M</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62BF3">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>emorandum of Understanding (M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7133">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>OU</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62BF3">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7133">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Template</w:t>
+      </w:r>
+      <w:r w:rsidR="0064043F" w:rsidRPr="00BE7133">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03859FD7" w14:textId="68B643A9" w:rsidR="0064043F" w:rsidRDefault="1832327C" w:rsidP="0064043F">
+    <w:p w14:paraId="03859FD7" w14:textId="23B49734" w:rsidR="0064043F" w:rsidRDefault="1832327C" w:rsidP="0064043F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843D8F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
       <w:r w:rsidRPr="00843D8F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00843D8F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="007648FD" w:rsidRPr="00843D8F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">se this template as a guide when developing </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D4CE9">
+        <w:t>se this template as a guide when developing</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>LEA-specific</w:t>
+        <w:t xml:space="preserve"> local educational agency</w:t>
+      </w:r>
+      <w:r w:rsidR="007648FD" w:rsidRPr="00843D8F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53A09">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4CE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LEA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53A09">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4CE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-specific</w:t>
       </w:r>
       <w:r w:rsidR="007648FD" w:rsidRPr="00843D8F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> information. </w:t>
       </w:r>
       <w:r w:rsidR="0064043F" w:rsidRPr="0064043F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Before sharing, place this document on LEA letterhead, delete or update all red font areas, and provide the most up-to-date McKinney-Vento Liaison contact information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331BBF5A" w14:textId="77777777" w:rsidR="0064043F" w:rsidRDefault="0064043F" w:rsidP="0064043F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -387,102 +461,116 @@
         </w:rPr>
         <w:t xml:space="preserve">[X] </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">minutes from </w:t>
       </w:r>
       <w:r w:rsidR="00D33CCA" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> scheduled time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615BC56C" w14:textId="7BD2C7E2" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="00BE7133">
+    <w:p w14:paraId="615BC56C" w14:textId="3C8ADB48" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="00BE7133">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Drop-Off</w:t>
       </w:r>
       <w:r w:rsidR="00157325" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>An adult pre-approved by parents and guardians must be pres</w:t>
       </w:r>
       <w:r w:rsidR="00723A3E" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ent at the bus stop or selected</w:t>
       </w:r>
       <w:r w:rsidR="00DF28BC" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>location to pick-up students too young to be left unsupervised</w:t>
+        <w:t xml:space="preserve">location to </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4B3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pick up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7133">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students too young to be left unsupervised</w:t>
       </w:r>
       <w:r w:rsidR="00723A3E" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. The transportation department</w:t>
       </w:r>
       <w:r w:rsidR="00DF28BC" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">will provide the time that the adult must be present for </w:t>
       </w:r>
       <w:r w:rsidR="00755CE5" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -722,95 +810,109 @@
       </w:r>
       <w:r w:rsidR="009B441F" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name] </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>policies for student behavior. Disciplinary actions for students who violate the behavior policies will be followed as they are for any student in the district.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F29FCF" w14:textId="0B0BFDA3" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="00BE7133">
+    <w:p w14:paraId="77F29FCF" w14:textId="58A0BCC8" w:rsidR="00130E40" w:rsidRPr="00BE7133" w:rsidRDefault="00130E40" w:rsidP="00BE7133">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert </w:t>
       </w:r>
       <w:r w:rsidR="009B441F" w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name] </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">fails to provide the agreed upon transportation services, the liaison should be contacted. Your liaison is </w:t>
+        <w:t xml:space="preserve">fails to provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6A65">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>agreed-upon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7133">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transportation services, the liaison should be contacted. Your liaison is </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[Insert Name] </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and may be reached at </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[Insert Contact Info]</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE7133">
@@ -939,53 +1041,53 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="72" w:type="dxa"/>
           <w:right w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4590"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="1430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00157325" w:rsidRPr="00BE7133" w14:paraId="0C9EC59A" w14:textId="77777777" w:rsidTr="7C08BEC6">
+      <w:tr w:rsidR="00157325" w:rsidRPr="00BE7133" w14:paraId="0C9EC59A" w14:textId="77777777" w:rsidTr="00BD6A65">
         <w:trPr>
-          <w:trHeight w:val="432"/>
+          <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="36" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5261B46D" w14:textId="18A164F3" w:rsidR="00157325" w:rsidRPr="00BE7133" w:rsidRDefault="00157325" w:rsidP="00157325">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="36" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1094,53 +1196,53 @@
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="36" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A0FAD87" w14:textId="73205E47" w:rsidR="00157325" w:rsidRPr="00BE7133" w:rsidRDefault="00157325" w:rsidP="00157325">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7133">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157325" w:rsidRPr="00BE7133" w14:paraId="2D361F5D" w14:textId="77777777" w:rsidTr="7C08BEC6">
+      <w:tr w:rsidR="00157325" w:rsidRPr="00BE7133" w14:paraId="2D361F5D" w14:textId="77777777" w:rsidTr="00FA22A4">
         <w:trPr>
-          <w:trHeight w:val="864"/>
+          <w:trHeight w:val="801"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="36" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4838C678" w14:textId="77777777" w:rsidR="00157325" w:rsidRPr="00BE7133" w:rsidRDefault="00157325" w:rsidP="00157325">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="36" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -1248,164 +1350,150 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7133">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="501F9E49" w14:textId="77777777" w:rsidR="008175B7" w:rsidRPr="00BE7133" w:rsidRDefault="008175B7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008175B7" w:rsidRPr="00BE7133" w:rsidSect="007F4FF9">
-      <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="even" r:id="rId11"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D6A47CB" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6" w:rsidP="00857582">
+    <w:p w14:paraId="0495993F" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93" w:rsidP="00857582">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="412F1733" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6" w:rsidP="00857582">
+    <w:p w14:paraId="6B1956C9" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93" w:rsidP="00857582">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14747C82" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6">
+    <w:p w14:paraId="54D62FCD" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72FE6885" w14:textId="77777777" w:rsidR="007F4FF9" w:rsidRDefault="007F4FF9" w:rsidP="007F4FF9">
     <w:pPr>
       <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DED1E53" wp14:editId="5CB11863">
               <wp:extent cx="6400800" cy="45720"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Group 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -1486,64 +1574,64 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="005B65C3" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDgIxMLAMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6bI8SlGgrSA&#10;25cWjV3/j9N0TXxTGVwlY/IzjCDBWaBZn/xiMY1J+Pgk22d9YD7M+uDCi0nDCJknlpi3seShJop5&#10;8hnHglhAGOdQwBvNmBtLNAk19EY9j8yQRANNp0xmgGv/ps9/1m1fBijgxthbJoEHJCPbO2PDWBcg&#10;eVoXEfQKGFe2HCb84yeUohmKnan2BtCYYPAhQasUdcg3K7rrvYx7I+8FLObPHU16G+doPHAEsKse&#10;GKl7rHQnIliQEHHbM/VTpKRx87ACYP0YgQcwcom9YAuxj23DnRhCw1o8XogaI1iI68BURaxD5kI4&#10;EXU59nVwB63cspX0Kns0qRDkScvF0CpwfoAqqOGGCwDzGwQf1GEdNFTIm4Zz3wIuHJT5ZBZqYyRv&#10;Cqd0aIyu1pdcoy2BVX91lqaTfkMcmMFKFYV3VjNSXEfZkoYHGYJzqC0sv0BVtx9MtpbFI9BWy/CA&#10;wIMHQi31H4w6eDxybH5viGYY8S8C5u5sNJ2618b/hPWG9FCzHmqIoOAqxxZD4514acMLtVG6qWqI&#10;FBaqkJ9h25aNY7fHF1DFHxh9L+03n9/f8GzA6cG7NPz3N54e4uVfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAhRJIf9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzKCN7trCVpiNqUU&#10;FBEvTVV6nGanydLsbMhu2/jvu/WilwePN7z3TbEYXSdONATrWcPDVIEgrr2x3Gj43Lzcz0GEiGyw&#10;80wafijAopzcFJgbf+Y1narYiFTCIUcNbYx9LmWoW3IYpr4nTtneDw5jskMjzYDnVO46OVPqUTq0&#10;nBZa7GnVUn2ojk7D19JmlH1v3z9UTfRm5Pa1spnWd7fj8hlEpDH+HcMVP6FDmZh2/sgmiE5DeiT+&#10;6jVTap78TsPTDGRZyP/w5QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDgIxMLAMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFEkh/2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
+            <v:group w14:anchorId="11CE5A1B" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDgIxMLAMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03LDaeTY16hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2kGDFBZdGIKsc/Vjef&#10;FhgZS0RBuBQsx4/M4Ivl+3fnncrYWNaSF0wjcCJM1qkc19aqLEkMrVlLzIlUTICylLolFn51lRSa&#10;dOC95ck4TedJJ3WhtKTMGDi9Ckq89P7LklH7vSwNs4jnGLBZ/9X+u3bfZHlOskoTVTc0wiCvQNGS&#10;RkDQvasrYgna6OaZq7ahWhpZ2hMq20SWZUOZzwGyGaVH2dxquVE+lyrrKrUvE5T2qE6vdku/bW+1&#10;elD3OqAH8U7SXwbqknSqyoZ6918FY7TuvsoC+kk2VvrEd6VuUckb9RNo4E8gObTzlX7cV5rtLKJw&#10;OJ+m6SKFhlDQTWen49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6bI8SlGgrSA&#10;25cWjV3/j9N0TXxTGVwlY/IzjCDBWaBZn/xiMY1J+Pgk22d9YD7M+uDCi0nDCJknlpi3seShJop5&#10;8hnHglhAGOdQwBvNmBtLNAk19EY9j8yQRANNp0xmgGv/ps9/1m1fBijgxthbJoEHJCPbO2PDWBcg&#10;eVoXEfQKGFe2HCb84yeUohmKnan2BtCYYPAhQasUdcg3K7rrvYx7I+8FLObPHU16G+doPHAEsKse&#10;GKl7rHQnIliQEHHbM/VTpKRx87ACYP0YgQcwcom9YAuxj23DnRhCw1o8XogaI1iI68BURaxD5kI4&#10;EXU59nVwB63cspX0Kns0qRDkScvF0CpwfoAqqOGGCwDzGwQf1GEdNFTIm4Zz3wIuHJT5ZBZqYyRv&#10;Cqd0aIyu1pdcoy2BVX91lqaTfkMcmMFKFYV3VjNSXEfZkoYHGYJzqC0sv0BVtx9MtpbFI9BWy/CA&#10;wIMHQi31H4w6eDxybH5viGYY8S8C5u5sNJ2618b/hPWG9FCzHmqIoOAqxxZD4514acMLtVG6qWqI&#10;FBaqkJ9h25aNY7fHF1DFHxh9L+03n9/f8GzA6cG7NPz3N54e4uVfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAhRJIf9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzKCN7trCVpiNqUU&#10;FBEvTVV6nGanydLsbMhu2/jvu/WilwePN7z3TbEYXSdONATrWcPDVIEgrr2x3Gj43Lzcz0GEiGyw&#10;80wafijAopzcFJgbf+Y1narYiFTCIUcNbYx9LmWoW3IYpr4nTtneDw5jskMjzYDnVO46OVPqUTq0&#10;nBZa7GnVUn2ojk7D19JmlH1v3z9UTfRm5Pa1spnWd7fj8hlEpDH+HcMVP6FDmZh2/sgmiE5DeiT+&#10;6jVTap78TsPTDGRZyP/w5QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDgIxMLAMAANAH&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFEkh/2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAIYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjAYA&#10;AAAA&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCiR7jExQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6iZKW4muEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6EUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqfnz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iF3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiR7jExQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxTzgjvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVA+i1SgqiB5EqLsVj0MztsVmUpuo9d+bg+Dx8b5ni9ZU4kGNKy0rGPQjEMSZ1SXn&#10;Cv7/Nr9jEM4ja6wsk4IXOVjMOz8zjLV9ckKPo89FCGEXo4LC+zqW0mUFGXR9WxMH7mIbgz7AJpe6&#10;wWcIN5UcRtFIGiw5NBRY07qg7Hq8GwV66ze0SpNJou/pcH/bnc7Lg1Gq122XUxCeWv8Vf9w7rSBs&#10;DVfCDZDzNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxTzgjvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5FDFCD02" w14:textId="2886BEF5" w:rsidR="00857582" w:rsidRPr="007F4FF9" w:rsidRDefault="007F4FF9" w:rsidP="007F4FF9">
+  <w:p w14:paraId="5FDFCD02" w14:textId="0588E5CA" w:rsidR="00857582" w:rsidRPr="007F4FF9" w:rsidRDefault="007F4FF9" w:rsidP="007F4FF9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:after="0" w:line="216" w:lineRule="exact"/>
       <w:ind w:right="-43"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004313EE">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
@@ -1597,59 +1685,69 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="0080130F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="00D6708D">
+    <w:r w:rsidR="00E15605">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>March 2023</w:t>
+      <w:t>Decem</w:t>
+    </w:r>
+    <w:r w:rsidR="00434031">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Open Sans"/>
+        <w:noProof/>
+        <w:color w:val="7E7578"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ber 2025</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">710 James Robertson Parkway </w:t>
     </w:r>
     <w:r w:rsidRPr="004313EE">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">• </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
@@ -1684,104 +1782,84 @@
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="004313EE">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>tn.gov/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">education </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70B31A7D" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6" w:rsidP="00857582">
+    <w:p w14:paraId="587705D6" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93" w:rsidP="00857582">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="453C5471" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6" w:rsidP="00857582">
+    <w:p w14:paraId="371553CC" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93" w:rsidP="00857582">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72D63B37" w14:textId="77777777" w:rsidR="006D1EA6" w:rsidRDefault="006D1EA6">
+    <w:p w14:paraId="5740018D" w14:textId="77777777" w:rsidR="00C71D93" w:rsidRDefault="00C71D93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B19FBA8" w14:textId="09395EEB" w:rsidR="00857582" w:rsidRDefault="00857582">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40E5E7D5" wp14:editId="4E4A0500">
           <wp:extent cx="1490472" cy="585216"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="42" name="Picture 42" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -1804,210 +1882,211 @@
                     <a:ext cx="1490472" cy="585216"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2EDCF74A" w14:textId="77777777" w:rsidR="007F4FF9" w:rsidRDefault="007F4FF9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNTOztDAwNrc0sTA0sjRS0lEKTi0uzszPAykwNKoFAOqxpIstAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00130E40"/>
     <w:rsid w:val="00032B4C"/>
+    <w:rsid w:val="000B78A0"/>
     <w:rsid w:val="000D4CE9"/>
     <w:rsid w:val="00130E40"/>
     <w:rsid w:val="00143E81"/>
+    <w:rsid w:val="00151F68"/>
     <w:rsid w:val="00157325"/>
     <w:rsid w:val="00160FE1"/>
     <w:rsid w:val="00175757"/>
     <w:rsid w:val="00195756"/>
     <w:rsid w:val="001B09B7"/>
     <w:rsid w:val="001E6E6F"/>
     <w:rsid w:val="002A3F73"/>
     <w:rsid w:val="0030451E"/>
     <w:rsid w:val="0030559B"/>
     <w:rsid w:val="003461D2"/>
     <w:rsid w:val="003843D2"/>
     <w:rsid w:val="003A51B1"/>
+    <w:rsid w:val="003B295C"/>
+    <w:rsid w:val="00434031"/>
     <w:rsid w:val="00493970"/>
     <w:rsid w:val="004A0B77"/>
     <w:rsid w:val="004E7082"/>
     <w:rsid w:val="00532E4D"/>
     <w:rsid w:val="00553289"/>
     <w:rsid w:val="005D72C4"/>
     <w:rsid w:val="0064043F"/>
     <w:rsid w:val="00670520"/>
     <w:rsid w:val="006D1EA6"/>
     <w:rsid w:val="00723A3E"/>
     <w:rsid w:val="007300AF"/>
     <w:rsid w:val="00755CE5"/>
     <w:rsid w:val="007648FD"/>
     <w:rsid w:val="00776246"/>
     <w:rsid w:val="007B4C63"/>
     <w:rsid w:val="007F4FF9"/>
     <w:rsid w:val="007F6BBE"/>
     <w:rsid w:val="008175B7"/>
     <w:rsid w:val="00843D8F"/>
     <w:rsid w:val="00852E6B"/>
     <w:rsid w:val="00857582"/>
     <w:rsid w:val="008831A1"/>
     <w:rsid w:val="0088585C"/>
+    <w:rsid w:val="008C4B3B"/>
     <w:rsid w:val="00913CDD"/>
     <w:rsid w:val="00977A0F"/>
     <w:rsid w:val="009A2380"/>
     <w:rsid w:val="009B441F"/>
     <w:rsid w:val="009B7CF6"/>
+    <w:rsid w:val="00A53A09"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64FAC"/>
     <w:rsid w:val="00A6620F"/>
     <w:rsid w:val="00A917CB"/>
     <w:rsid w:val="00AE6AB5"/>
     <w:rsid w:val="00BA72C9"/>
     <w:rsid w:val="00BB733E"/>
+    <w:rsid w:val="00BD6A65"/>
     <w:rsid w:val="00BE7133"/>
     <w:rsid w:val="00BF0DC7"/>
     <w:rsid w:val="00C037F6"/>
     <w:rsid w:val="00C04906"/>
     <w:rsid w:val="00C23489"/>
     <w:rsid w:val="00C5485F"/>
+    <w:rsid w:val="00C71D93"/>
     <w:rsid w:val="00CE0A6C"/>
     <w:rsid w:val="00CE3C2C"/>
     <w:rsid w:val="00D33CCA"/>
     <w:rsid w:val="00D6708D"/>
     <w:rsid w:val="00D911A1"/>
     <w:rsid w:val="00D939D9"/>
     <w:rsid w:val="00DF28BC"/>
+    <w:rsid w:val="00E15605"/>
+    <w:rsid w:val="00E62BF3"/>
     <w:rsid w:val="00E852F7"/>
     <w:rsid w:val="00EC3729"/>
     <w:rsid w:val="00EF1CB1"/>
     <w:rsid w:val="00EF418A"/>
     <w:rsid w:val="00F6036D"/>
+    <w:rsid w:val="00FA22A4"/>
     <w:rsid w:val="00FE0379"/>
     <w:rsid w:val="033FA30B"/>
     <w:rsid w:val="0C651411"/>
     <w:rsid w:val="0FFCC0B5"/>
     <w:rsid w:val="106B895F"/>
     <w:rsid w:val="11BA8E57"/>
     <w:rsid w:val="12D321C7"/>
     <w:rsid w:val="1832327C"/>
     <w:rsid w:val="29ACF6E7"/>
     <w:rsid w:val="581E4B47"/>
     <w:rsid w:val="601C1E87"/>
     <w:rsid w:val="61F605DF"/>
     <w:rsid w:val="6FF6F8A1"/>
     <w:rsid w:val="7C08BEC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7EEF5CB9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8CA1CDF9-34EA-4413-97BD-6D3C03079F10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2659,61 +2738,61 @@
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00977A0F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mention1">
     <w:name w:val="Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00977A0F"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -2886,96 +2965,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3006,50 +3070,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3149,150 +3218,187 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CC27F17-7FEA-45BD-B8A6-A079628BFCEE}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FC6E11F-9B4C-4A28-8D7F-24FF597847B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D79FCD20-91FD-44D3-B96C-49827E59C22F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EBBF71C-BAC4-41FF-B328-A4CACF9D8E45}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6E750C6-BFC2-4E4C-B59B-13C155DA4699}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>419</Words>
-  <Characters>2391</Characters>
+  <Words>435</Words>
+  <Characters>2432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2805</CharactersWithSpaces>
+  <CharactersWithSpaces>2837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>McKinney-Vento Transportation Template 2021 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa Waters</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010046DD4C04616E81499BC0A04B6F1D12A7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Order">
     <vt:r8>2605700</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GrammarlyDocumentId">
     <vt:lpwstr>c24b5354f716e2f139bb14d2885ff44927ac1263f8a3902b22e459707fb5bf4a</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>