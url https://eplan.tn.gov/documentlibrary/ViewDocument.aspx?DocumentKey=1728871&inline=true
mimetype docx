--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="46A9DBF4" w14:textId="77777777" w:rsidR="00F44B2A" w:rsidRDefault="00516C76" w:rsidP="008C2287">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Calibri" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">McKinney-Vento Program </w:t>
       </w:r>
@@ -98,108 +98,124 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:ascii="PermianSlabSerifTypeface" w:eastAsia="Times New Roman" w:hAnsi="PermianSlabSerifTypeface" w:cs="Open Sans"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Instructions for LEAs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59571CF1" w14:textId="77777777" w:rsidR="002E2084" w:rsidRDefault="002E2084" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61953F4A" w14:textId="1B279A4C" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="61953F4A" w14:textId="73431FDF" w:rsidR="008117B8" w:rsidRPr="00441CAB" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
-      <w:r w:rsidR="00B024E7" w:rsidRPr="00F44B2A">
+      <w:r w:rsidR="00B024E7" w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="008C2287" w:rsidRPr="00F44B2A">
+      <w:r w:rsidR="008C2287" w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00B024E7" w:rsidRPr="00F44B2A">
+      <w:r w:rsidR="00B024E7" w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>nstructions for using</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F44B2A">
+        <w:t xml:space="preserve">nstructions for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6492F" w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Using</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441CAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the Housing Questionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A9E508" w14:textId="447A0718" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="35A9E508" w14:textId="6FEA9277" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="008C2287" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -293,51 +309,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>encourages all LEAs, regardless of whether they receive Title I</w:t>
       </w:r>
       <w:r w:rsidR="006E2273" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Part A</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> funds to do the same.</w:t>
+        <w:t xml:space="preserve"> funds</w:t>
+      </w:r>
+      <w:r w:rsidR="00021916">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to do the same.</w:t>
       </w:r>
       <w:r w:rsidR="00381BBE" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>To collect this information, LEAs may</w:t>
       </w:r>
       <w:r w:rsidR="00185318" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -507,51 +539,51 @@
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Before sharing, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lace this document on LEA letterhead, delete or update all red font areas, and provide the most up-to-date McKinney-Vento Liaison contact information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78181288" w14:textId="7BE6BAB2" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="78181288" w14:textId="7395E660" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If an LEA elects </w:t>
       </w:r>
       <w:r w:rsidR="008862C3" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -559,218 +591,274 @@
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> incorporate the housing status question into the LEA’s </w:t>
       </w:r>
       <w:r w:rsidR="008862C3" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nrollment Form, the LEA should take steps to ensure that a student’s housing status does not become a part of the student’s permanent record because of the sensitive nature of this information. Please see the </w:t>
       </w:r>
-      <w:r w:rsidR="005D56E7" w:rsidRPr="00F44B2A">
+      <w:r w:rsidR="007A4F28">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">below </w:t>
+        <w:t>section below</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Open Sans"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>section titled “Confidentiality” for information about how and when housing information may be shared within the LEA.</w:t>
+        <w:t xml:space="preserve"> titled “Confidentiality” for information about how and when housing information may be shared within the LEA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8BD308" w14:textId="37F751C3" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="4E8BD308" w14:textId="37F751C3" w:rsidR="008117B8" w:rsidRPr="00441CAB" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Who should fill out the Housing Questionnaire?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652BBBD6" w14:textId="6597FAB8" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="652BBBD6" w14:textId="21821FDA" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A Housing Questionnaire should be filled out </w:t>
       </w:r>
       <w:r w:rsidR="00870109" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">annually </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for all students enrolling in school and for all students who have a change of address in grades preschool-12.</w:t>
       </w:r>
       <w:r w:rsidR="005D56E7" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>“Preschool” includes any LEA administered or funded preschool program, such as a pre-k or Head Start program administered by an LEA. The Housing Questionnaire should be completed by the student’s p</w:t>
+        <w:t xml:space="preserve">“Preschool” includes any </w:t>
+      </w:r>
+      <w:r w:rsidR="006875FE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LEA-administered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or funded preschool program, such as a pre-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51DE7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Head Start program administered by an LEA. The Housing Questionnaire should be completed by the student’s p</w:t>
       </w:r>
       <w:r w:rsidR="009476FD" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>arent/guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="00B024E7" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the case of an unaccompanied youth, by the student directly. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650E5D07" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="650E5D07" w14:textId="0530A452" w:rsidR="008117B8" w:rsidRPr="00441CAB" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="00441CAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Confidentiality</w:t>
       </w:r>
+      <w:r w:rsidR="00441CAB" w:rsidRPr="00441CAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="598EC27B" w14:textId="09DC83C6" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="598EC27B" w14:textId="26775AC8" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Student housing information should be kept confidential to the maximum extent possible</w:t>
       </w:r>
       <w:r w:rsidR="00D229D5" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00025F1E" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">This information should only be shared with LEA/school staff members who need information about housing status to ensure that the student’s educational needs are met. To this end, LEAs may share a student’s Housing Questionnaire with LEA personnel such as: </w:t>
+        <w:t>This information should only be shared with LEA/school staff members who need information about housing status to ensure that the student’s educational needs are met. To this end, LEAs may share a student’s Housing Questionnaire with LEA personnel</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD609B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C7DACC" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-PR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the LEA liaison, </w:t>
       </w:r>
     </w:p>
@@ -796,110 +884,246 @@
         <w:t xml:space="preserve">the registrar, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32613AA9" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the student’s teachers, and/or guidance counselor, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFE9BA7" w14:textId="4C68F4E6" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="3DFE9BA7" w14:textId="6C08CB78" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>the LEA staff member responsible for reporting data to SIS/ESI</w:t>
+        <w:t xml:space="preserve">the LEA staff member responsible for reporting data to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A719FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D264F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A719FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudent </w:t>
+      </w:r>
+      <w:r w:rsidR="002D264F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00A719FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformation </w:t>
+      </w:r>
+      <w:r w:rsidR="002D264F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A719FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ystem (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A719FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002D264F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Education Information System</w:t>
+      </w:r>
+      <w:r w:rsidR="008B48DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3E4C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r w:rsidR="008B48DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005D56E7" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F431960" w14:textId="7DE52F7B" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="5F431960" w14:textId="247C6B26" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">However, this information should only be shared with the above staff members to the extent that it will enable them to better meet the educational needs of the student in question and to fulfill reporting requirements mandated by SIS/ESI.  </w:t>
+        <w:t xml:space="preserve">However, this information should only be shared with the above staff members to the extent that it will enable them to better meet the educational needs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in question and to fulfill reporting requirements mandated by SIS/E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73EB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF8E110" w14:textId="0C521B80" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other than the above uses, housing information </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
@@ -946,437 +1170,592 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>not be shared</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with other LEA/school personnel due to its sensitive nature and the stigma attached to being labeled </w:t>
-[...7 lines deleted...]
-        <w:t>homeless.</w:t>
+        <w:t xml:space="preserve"> with other LEA/school personnel due to its sensitive nature and the stigma attached to being labeled homeless.</w:t>
       </w:r>
       <w:r w:rsidR="00FD18B8" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEAs are also encouraged to seek out ways of preventing Housing Questionnaires and housing information from becoming a part of a student’s permanent record.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DF1408" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p w14:paraId="15DF1408" w14:textId="23F0369F" w:rsidR="00840C19" w:rsidRPr="00441CAB" w:rsidRDefault="008117B8" w:rsidP="00840C19">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00441CAB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Discussing the Housing Questionnaire with Students and Families</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0244" w:rsidRPr="00441CAB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A103C11" w14:textId="6EFA3186" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+      <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t>Discussing the Housing Questionnaire with Students and Families</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In reviewing the Housing Questionnaire with paren</w:t>
+      </w:r>
+      <w:r w:rsidR="009476FD" w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ts/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15635">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>guardians</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and unaccompanied youth, LEAs should emphasize that the purpose of gathering the information is to ensure that students in temporary housing arrangements are provided with the rights and services to which they are entitled under the McKinney-Vento Act.  These rights and services include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A103C11" w14:textId="24ADDB26" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
-[...44 lines deleted...]
-    <w:p w14:paraId="4BDD24C1" w14:textId="1EF54B1E" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
+    <w:p w14:paraId="4BDD24C1" w14:textId="5177A875" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The right to stay in the same school</w:t>
       </w:r>
       <w:r w:rsidR="00B80840" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, the student,</w:t>
+        <w:t xml:space="preserve"> the student</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> had been attending before losing his/her housing or the last school attended (both known as the school of origin),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD7CC03" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
+    <w:p w14:paraId="7DD7CC03" w14:textId="2B9B38CC" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The right to immediate enrollment for students who decide to transfer schools, even if the student does not have all of the documents normally for enrollment,</w:t>
+        <w:t xml:space="preserve">The right to immediate enrollment for students who decide to transfer schools, even if the student does not have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the documents normally </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5601">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for enrollment,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABA8F5E" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Transportation services if the student continues to attend the school of origin,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421AE1CA" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
+    <w:p w14:paraId="421AE1CA" w14:textId="78F25A22" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Categorical eligibility for Title I services if offered in the LEA,</w:t>
+        <w:t>Categorical eligibility for Title I services</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if offered in the LEA,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C54D7A7" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
+    <w:p w14:paraId="1C54D7A7" w14:textId="0478B3A1" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="002E2084">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Categorical eligibility for free meals if offered in the LEA, and</w:t>
+        <w:t>Categorical eligibility for free meals</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if offered in the LEA, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE1F044" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="7DE1F044" w14:textId="258FE2E9" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Access to services provided with McKinney-Vento funds if available in the LEA.</w:t>
+        <w:t>Access to services provided with McKinney-Vento funds</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D7D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if available in the LEA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ADF459" w14:textId="541B4231" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The LEA should also ensure that the pare</w:t>
       </w:r>
       <w:r w:rsidR="009476FD" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nt/ guardian or</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> unaccompanied youth is aware that the student’s housing status will </w:t>
       </w:r>
       <w:r w:rsidR="0021471D" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kept confidential and will only be shared with those LEA staff who are responsible for providing services to the student and those responsible for keeping track of how many students are identified as living in temporary housing in the LEA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379FA0C6" w14:textId="47007D2D" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="009476FD" w:rsidP="00F44B2A">
+    <w:p w14:paraId="379FA0C6" w14:textId="12C93025" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="009476FD" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>It is important to note that c</w:t>
       </w:r>
       <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ontacting a landlord or building superintendent without the parent’s express prior written permission is a violation of FERPA, a federal law.</w:t>
+        <w:t xml:space="preserve">ontacting a landlord or building superintendent without the parent’s express prior written permission is a violation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Family Educational Rights and </w:t>
+      </w:r>
+      <w:r w:rsidR="0082143E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Privacy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B9B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Act (</w:t>
+      </w:r>
+      <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FERPA</w:t>
+      </w:r>
+      <w:r w:rsidR="0082143E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, a federal law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E79A9C" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="01E79A9C" w14:textId="3CDA86F6" w:rsidR="008117B8" w:rsidRPr="0092135A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="0092135A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>If the Parent, Person in Parental Relation, or Unaccompanied Youth Declines to Fill Out the Housing Questionnaire.</w:t>
+        <w:t>If the Parent, Person in Parental Relation, or Unaccompanied Youth Declines to Fill Out the Housing Questionnaire</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0244" w:rsidRPr="0092135A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D22FB82" w14:textId="219C724B" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If the par</w:t>
       </w:r>
       <w:r w:rsidR="009476FD" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ent/ guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or unaccompanied youth declines to complete the Housing Questionnaire, the LEA should note on the form that the parent, person in parental relation, or unaccompanied youth declined to provide the information requested.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321783D8" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="321783D8" w14:textId="2C2B7687" w:rsidR="008117B8" w:rsidRPr="0092135A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="0092135A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Completing the Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00840C19" w:rsidRPr="0092135A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B29C93D" w14:textId="5C5DE348" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>If a parent, person in parental relation, or unaccompanied youth enrolling in school indicates that a student is living in one of the five temporary housing arrangements, the school may not require proof to verify where the student is living before enrolling the student</w:t>
+        <w:t xml:space="preserve">If a parent, person in parental relation, or unaccompanied youth enrolling in school indicates that a student is living in one of the five temporary housing arrangements, the school may not require proof to verify where the student is living before </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>enrolling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the student</w:t>
       </w:r>
       <w:r w:rsidR="002552E4" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The five temporary housing arrangements are listed below:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1A05D9" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
@@ -1466,172 +1845,219 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Other temporary living situation.  </w:t>
       </w:r>
       <w:r w:rsidR="006F2193" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566EACE5" w14:textId="21BF1944" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="566EACE5" w14:textId="21BF1944" w:rsidR="008117B8" w:rsidRPr="0092135A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r w:rsidRPr="0092135A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>McKinney-Vento Act 42 U.S.C. 11435</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEBB7E3" w14:textId="37D8DB54" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="6EEBB7E3" w14:textId="1ACA7DE8" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="00CA652F" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SEC. 725 DEFINITIONS.</w:t>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>725 DEFINITIONS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FA727A" w14:textId="156309EC" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes of this subtitle: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A06ABA2" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="1A06ABA2" w14:textId="59F88C5C" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The terms enroll’ and enrollment’ include attending classes and participating fully in school activities. </w:t>
+        <w:t xml:space="preserve">The terms </w:t>
+      </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enroll and enrollment’ include attending classes and participating fully in school activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF31C41" w14:textId="34C72892" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="0CF31C41" w14:textId="7EB27425" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(1) The term homeless children and youths</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">’ </w:t>
+        <w:t xml:space="preserve">(1) The term </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA652F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">homeless children and youths’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658F9824" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="658F9824" w14:textId="1458DD76" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">a. Means individuals who lack a fixed, regular, and adequate nighttime residence (within the meaning of section 103(a) (1)); and </w:t>
+        <w:t xml:space="preserve">a. Means individuals who lack a fixed, regular, and adequate nighttime residence (within the meaning of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA652F" w:rsidRPr="00CA652F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 103(a) (1)); and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CC9590" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b. Includes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53929226" w14:textId="0417FE3E" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
@@ -1737,244 +2163,351 @@
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>regular sleeping acco</w:t>
       </w:r>
       <w:r w:rsidR="006D266C" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>modation for human beings (within the meaning of section 103(a)(2)(C));</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B0491E" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="73B0491E" w14:textId="768C520A" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> iii. Children and youths who are living in cars, parks, public spaces, abandoned buildings, substandard housing, bus or train stations, or similar setting; and </w:t>
+        <w:t xml:space="preserve"> iii. Children and youths who are living in cars, parks, public spaces, abandoned buildings, substandard housing, bus or train stations, or similar </w:t>
+      </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>settings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF20779" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="4CF20779" w14:textId="55A7C00E" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>iv. Migratory children (as such term is defined in section 1309 of the Elementary and Secondary Education Act of 1965) who qualify as homeless for the purpose of this subtitle because the children are living in the circumstances described in clauses (</w:t>
+        <w:t xml:space="preserve">iv. Migratory children (as such term is defined in </w:t>
+      </w:r>
+      <w:r w:rsidR="00947013" w:rsidRPr="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1309 of the Elementary and Secondary Education Act of 1965) who qualify as homeless for the purpose of this subtitle because the children are living in the circumstances described in clauses (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) through (iii)</w:t>
       </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C15854B" w14:textId="18E53BAB" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="7C15854B" w14:textId="2F2D984A" w:rsidR="008117B8" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(2) The term unaccompanied youth’ includes a youth</w:t>
-[...6 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">(2) The term </w:t>
+      </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B2A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>unaccompanied youth’ includes a youth</w:t>
       </w:r>
       <w:r w:rsidR="00381BBE" w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F44B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>not in the physical custody of a parent or guardian.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A7945E" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="153BC01B" w14:textId="77777777" w:rsidR="00C33512" w:rsidRDefault="00C33512" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
-          <w:b/>
-[...12 lines deleted...]
-      </w:r>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="17F3B963" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="008117B8" w:rsidP="00F44B2A">
+    <w:p w14:paraId="76111B1A" w14:textId="661B752C" w:rsidR="00C33512" w:rsidRDefault="00C33512" w:rsidP="00F44B2A">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F44B2A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parent information and resources can be found at the following: </w:t>
+        <w:t>Additional Resource:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1BB944" w14:textId="46B50CB6" w:rsidR="008117B8" w:rsidRPr="00F44B2A" w:rsidRDefault="003426CF" w:rsidP="00F44B2A">
+    <w:p w14:paraId="1292FC11" w14:textId="74412EF8" w:rsidR="00C33512" w:rsidRDefault="00CE6683" w:rsidP="00CE6683">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
+        <w:r>
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
-            <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>http://center.serve.org/nche/ibt/parent_res.php</w:t>
+          <w:t>Parent Reso</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>rces</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008117B8" w:rsidRPr="00F44B2A">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="52CDD521" w14:textId="454297CC" w:rsidR="008156E5" w:rsidRPr="00F44B2A" w:rsidRDefault="003426CF" w:rsidP="00F44B2A">
+    <w:p w14:paraId="1DD42CB6" w14:textId="3D8E9263" w:rsidR="00CE6683" w:rsidRDefault="00CE6683" w:rsidP="00CE6683">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0060557D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Parent Booklet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21DF2" w:rsidRPr="00B21DF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This brochure explains the educational rights of children and youth experiencing homelessness and informs parents about ways in which they can support their children’s education during times of mobility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8D5C40" w14:textId="59088FC1" w:rsidR="00B21DF2" w:rsidRDefault="00B21DF2" w:rsidP="00CE6683">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060557D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School Help for Homeless Children with </w:t>
+      </w:r>
+      <w:r w:rsidR="0060557D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Disabilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0060557D" w:rsidRPr="0060557D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This brief provides information about the Individuals with Disabilities Education Act (IDEA) and how it can help homeless children with special needs. It is designed for parents, guardians, and other people taking care of children and youth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37662699" w14:textId="77777777" w:rsidR="00CE6683" w:rsidRPr="00CE6683" w:rsidRDefault="00CE6683" w:rsidP="00CE6683">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="658FD817" w14:textId="00368AE4" w:rsidR="009476FD" w:rsidRPr="000A4C0F" w:rsidRDefault="00693556" w:rsidP="00F1273A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A4C0F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -2154,243 +2687,288 @@
       <w:r w:rsidR="009B2563" w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF9A283" w14:textId="0773D4E3" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name(s) of Head of Household: ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DC3969" w14:textId="48909142" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
+    <w:p w14:paraId="16DC3969" w14:textId="08A14210" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Current Address: ____________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19931F01" w14:textId="294BFBB1" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
+    <w:p w14:paraId="19931F01" w14:textId="4C16BEFB" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Phone/Message:</w:t>
       </w:r>
       <w:r w:rsidR="00D076E8" w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3C192322" w14:textId="3D1B5666" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
+    <w:p w14:paraId="3C192322" w14:textId="021C54EE" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00552872">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Email: _____________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCE5833" w14:textId="77777777" w:rsidR="00B679ED" w:rsidRPr="00552872" w:rsidRDefault="00B679ED" w:rsidP="00D920E4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4297"/>
         <w:gridCol w:w="1994"/>
         <w:gridCol w:w="735"/>
         <w:gridCol w:w="1050"/>
         <w:gridCol w:w="1994"/>
       </w:tblGrid>
       <w:tr w:rsidR="00604E53" w:rsidRPr="00552872" w14:paraId="038AA196" w14:textId="77777777" w:rsidTr="002E2084">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B65AAEA" w14:textId="73A2F46B" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:p w14:paraId="2B65AAEA" w14:textId="73A2F46B" w:rsidR="00604E53" w:rsidRPr="00947013" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
-            <w:r w:rsidR="006609AE">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+            <w:r w:rsidR="006609AE" w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552872">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>hild in Family</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="765AAB7F" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:p w14:paraId="765AAB7F" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00947013" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7214D6" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:p w14:paraId="0F7214D6" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00947013" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>M/F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26960639" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:p w14:paraId="26960639" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00947013" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64798030" w14:textId="4C013151" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:p w14:paraId="64798030" w14:textId="4C013151" w:rsidR="00604E53" w:rsidRPr="00947013" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Current School</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00604E53" w:rsidRPr="00552872" w14:paraId="0CB55181" w14:textId="77777777" w:rsidTr="002E2084">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7865B6A7" w14:textId="77777777" w:rsidR="00604E53" w:rsidRPr="00552872" w:rsidRDefault="00604E53" w:rsidP="00D920E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2962,127 +3540,118 @@
       <w:tr w:rsidR="00D076E8" w:rsidRPr="00552872" w14:paraId="0A7B7E5E" w14:textId="77777777" w:rsidTr="007C2F82">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58F001A2" w14:textId="17FB5252" w:rsidR="00D076E8" w:rsidRPr="00552872" w:rsidRDefault="00D076E8" w:rsidP="00D920E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552872">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">___ car, campground, abandoned building, public restroom, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> or train station</w:t>
+              <w:t>___ car, campground, abandoned building, public restroom, bus or train station</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008117B8" w:rsidRPr="00552872" w14:paraId="2062B035" w14:textId="77777777" w:rsidTr="007C2F82">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32F29C4B" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552872">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>How long did you stay in your last permanent place? ___________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008117B8" w:rsidRPr="00552872" w14:paraId="1B80BAB4" w14:textId="77777777" w:rsidTr="007C2F82">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="050E9542" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
+          <w:p w14:paraId="050E9542" w14:textId="13F2CD56" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552872">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Why did you leave your last permanent residence? ____________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008117B8" w:rsidRPr="00552872" w14:paraId="44DF6CAC" w14:textId="77777777" w:rsidTr="007C2F82">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="348747EF" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00552872" w:rsidRDefault="008117B8" w:rsidP="00D920E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00552872">
@@ -3884,67 +4453,76 @@
     <w:p w14:paraId="3FFA08C5" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5019"/>
         <w:gridCol w:w="5051"/>
       </w:tblGrid>
       <w:tr w:rsidR="008117B8" w:rsidRPr="00D920E4" w14:paraId="0D7E91D2" w14:textId="77777777" w:rsidTr="00D21358">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="762F3E86" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
+          <w:p w14:paraId="762F3E86" w14:textId="64BC206C" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D920E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Assessment of needs/barriers</w:t>
+            </w:r>
+            <w:r w:rsidR="00947013">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008117B8" w:rsidRPr="00D920E4" w14:paraId="3FF0B54A" w14:textId="77777777" w:rsidTr="007C2F82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BACD192" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D920E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4464,74 +5042,72 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Other comments: </w:t>
       </w:r>
       <w:r w:rsidR="0084168F" w:rsidRPr="00D920E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5AB65B" w14:textId="77777777" w:rsidR="00B679ED" w:rsidRPr="00D920E4" w:rsidRDefault="00B679ED" w:rsidP="007F45BC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60C86E5C" w14:textId="64F8D80A" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
+    <w:p w14:paraId="60C86E5C" w14:textId="428C5578" w:rsidR="008117B8" w:rsidRPr="00D920E4" w:rsidRDefault="008117B8" w:rsidP="007F45BC">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D920E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">I declare under penalty of perjury/fraud under the laws of the United States and the State of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00947013">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tennessee</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D920E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> that the foregoing information is accurate and correct. I consent to the release of pertinent information contained above to concerned social service agencies, vendors, and donors as necessary to provide services to my household.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4092"/>
         <w:gridCol w:w="4093"/>
@@ -4794,178 +5370,178 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D920E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="043EBA88" w14:textId="77777777" w:rsidR="008117B8" w:rsidRPr="008C2287" w:rsidRDefault="008117B8" w:rsidP="008117B8">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008117B8" w:rsidRPr="008C2287" w:rsidSect="008C2287">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="489" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C68EE67" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
+    <w:p w14:paraId="11EA2C84" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20490D45" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
+    <w:p w14:paraId="12DD2219" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C0419BB" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99"/>
+    <w:p w14:paraId="509EDD2C" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PermianSlabSerifTypeface">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000022F" w:usb1="4000A46A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A129834" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="0089763D" w:rsidP="0089763D">
     <w:pPr>
       <w:spacing w:before="12"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6665E2DF" w14:textId="77777777" w:rsidR="0089763D" w:rsidRDefault="005616B1" w:rsidP="00364BE0">
     <w:pPr>
       <w:spacing w:line="20" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
@@ -5056,64 +5632,64 @@
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="15727B87" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCa1UKHKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAUBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgEBYSjgjWbMjSWahBp6o55HZkiigaZTJjPAtX/T5z/rti8DFHBj7C2TwAOSke2dsWGsC5A8&#10;rYsIegWMK1sOE/7xBKVohmJnqr0BNCYYfEjQKkUd8s2K7nov497IewGL+XNHk97GORoPHAHsqgdG&#10;6h4r3YkIFiRE3PZM/RQpadw8rABYP0bgAYxcYi/YQuxj23AnhtCwFo8XosYIFuI6MFUR65C5EE5E&#10;XY59HdxBK7dsJb3KHk0qBHnScjG0CpwfoApquOECwPwGwQd1WAcNFfKm4dy3gAsHZT6ZhdoYyZvC&#10;KR0ao6v1JddoS2DVX52l6aTfEAdmsFJF4Z3VjBTXUbak4UGG4BxqC8svUNXtB5OtZfEItNUyPCDw&#10;4IFQS/0How4ejxyb3xuiGUb8i4C5OxtNp+618T9hvSE91KyHGiIouMqxxdB4J17a8EJtlG6qGiKF&#10;hSrkZ9i2ZePY7fEFVPEHRt9L+83n9zc8G3B68C4N//2Np4d4+RcAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmtVChyoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
+            <v:group w14:anchorId="5C3B08A6" id="Group 1" o:spid="_x0000_s1026" style="width:7in;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8851,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCa1UKHKgMAANAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVUtv2zAMvg/YfxB03NDaeS416hRDXxjQ&#10;bQWa7a7I8gOTJU1S4nS/ftTDqZOuh7UXgxYp8iP5kTq/2LUcbZk2jRQ5Hp2mGDFBZdGIKsc/Vjcn&#10;C4yMJaIgXAqW40dm8MXy/bvzTmVsLGvJC6YROBEm61SOa2tVliSG1qwl5lQqJkBZSt0SC7+6SgpN&#10;OvDe8mScpvOkk7pQWlJmDJxeBSVeev9lyaj9XpaGWcRzDNis/2r/XbtvsjwnWaWJqhsaYZBXoGhJ&#10;IyDo3tUVsQRtdPPMVdtQLY0s7SmVbSLLsqHM5wDZjNKjbG613CifS5V1ldqXCUp7VKdXu6Xftrda&#10;Pah7HdCDeCfpLwN1STpVZUO9+6+CMVp3X2UB/SQbK33iu1K3qOSN+gk08CeQHNr5Sj/uK812FlE4&#10;nE/TdJFCQyjoprNP49gJWkO7nt2i9XW8t1jMRuHSyN9ISOYCR7ARnGt+RBpESOJeo6aAUBgJ0gJu&#10;X1o0dv0/TtM18U1lcJWMyc8wggRngWZ98ovFNCbh45Nsn/WB+TDrgwsvJg0jZJ5YYt7GkoeaKObJ&#10;ZxwLYgEBYSjgjWbMjSWahBp6o55HZkiigaZTJjPAtX/T5z/rti8DFHBj7C2TwAOSke2dsWGsC5A8&#10;rYsIegWMK1sOE/7xBKVohmJnqr0BNCYYfEjQKkUd8s2K7nov497IewGL+XNHk97GORoPHAHsqgdG&#10;6h4r3YkIFiRE3PZM/RQpadw8rABYP0bgAYxcYi/YQuxj23AnhtCwFo8XosYIFuI6MFUR65C5EE5E&#10;XY59HdxBK7dsJb3KHk0qBHnScjG0CpwfoApquOECwPwGwQd1WAcNFfKm4dy3gAsHZT6ZhdoYyZvC&#10;KR0ao6v1JddoS2DVX52l6aTfEAdmsFJF4Z3VjBTXUbak4UGG4BxqC8svUNXtB5OtZfEItNUyPCDw&#10;4IFQS/0How4ejxyb3xuiGUb8i4C5OxtNp+618T9hvSE91KyHGiIouMqxxdB4J17a8EJtlG6qGiKF&#10;hSrkZ9i2ZePY7fEFVPEHRt9L+83n9zc8G3B68C4N//2Np4d4+RcAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIUSSH/ZAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8Mygje7awlaYjalFBQR&#10;L01Vepxmp8nS7GzIbtv477v1opcHjze8902xGF0nTjQE61nDw1SBIK69sdxo+Ny83M9BhIhssPNM&#10;Gn4owKKc3BSYG3/mNZ2q2IhUwiFHDW2MfS5lqFtyGKa+J07Z3g8OY7JDI82A51TuOjlT6lE6tJwW&#10;Wuxp1VJ9qI5Ow9fSZpR9b98/VE30ZuT2tbKZ1ne34/IZRKQx/h3DFT+hQ5mYdv7IJohOQ3ok/uo1&#10;U2qe/E7D0wxkWcj/8OUFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmtVChyoDAADQBwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhRJIf9kAAAAE&#10;AQAADwAAAAAAAAAAAAAAAACEBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIoGAAAA&#10;AA==&#10;">
               <v:group id="Group 2" o:spid="_x0000_s1027" style="position:absolute;left:5;top:5;width:8841;height:2" coordorigin="5,5" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSlSazxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6ibaFomuEkItPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDb/Wga0VPnassK4kUE&#10;griwuuZSwfl0eFqDcB5ZY2OZFEzkYL+bPWwx0XbgL+qPvhQBwi5BBZX3bSKlKyoy6Ba2JQ7ezXYG&#10;fZBdKXWHQ4CbRi6j6FUarDksVNhSVlFxP34bBe8DDukqfuvz+y2brqeXz0sek1KP8zHdgPA0+v/w&#10;X/tDK3iG3yvhBsjdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSlSazxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1028" style="position:absolute;left:5;top:5;width:8841;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8841,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDfTpe9xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk2FFo1ZxRakORQh1pQeH9lnEpp9m2bXGP+9Kwg9DjPzDZOuR9OKgXrXWFbwHMUg&#10;iEurG64UHL62T3MQziNrbC2Tggs5WK8mDykm2p45p2HvKxEg7BJUUHvfJVK6siaDLrIdcfCOtjfo&#10;g+wrqXs8B7hp5SyOX6XBhsNCjR2911T+7k9Ggf7wW3or8kWuT8Xs8y/7/tnsjFKP03GzBOFp9P/h&#10;ezvTCl7gdiXcALm6AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN9Ol73EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l8841,e" filled="f" strokecolor="#d90030" strokeweight=".5pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;8841,0" o:connectangles="0,0"/>
                 </v:shape>
               </v:group>
               <w10:anchorlock/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6DBD7900" w14:textId="48B6FEA7" w:rsidR="0089763D" w:rsidRPr="004313EE" w:rsidRDefault="00B043C1" w:rsidP="00B043C1">
+  <w:p w14:paraId="6DBD7900" w14:textId="73F1CB4A" w:rsidR="0089763D" w:rsidRPr="004313EE" w:rsidRDefault="00B043C1" w:rsidP="00B043C1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:before="59" w:line="216" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Division of Federal Programs </w:t>
     </w:r>
     <w:r w:rsidR="0084168F" w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
@@ -5193,126 +5769,136 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
-    <w:r w:rsidR="003F0EB4">
+    <w:r w:rsidR="00947013">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>March 2023</w:t>
+      <w:t>Dec</w:t>
+    </w:r>
+    <w:r w:rsidR="00391534">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+        <w:noProof/>
+        <w:color w:val="7E7578"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ember 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>710 James Robertson Parkway • Andrew Johnson Tower</w:t>
     </w:r>
     <w:r w:rsidR="0084168F" w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>• Nashville, TN 37243</w:t>
     </w:r>
     <w:r w:rsidRPr="0084168F">
       <w:rPr>
         <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="7E7578"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t>tn.gov/education</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54985B02" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
+    <w:p w14:paraId="4299F5E7" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EA0CA3F" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
+    <w:p w14:paraId="48C2E5E7" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99" w:rsidP="0089763D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="453FD40A" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99"/>
+    <w:p w14:paraId="691A0A43" w14:textId="77777777" w:rsidR="00A33D99" w:rsidRDefault="00A33D99"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35D1BE1A" w14:textId="23D66EAB" w:rsidR="0089763D" w:rsidRDefault="00364BE0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51B49C7E" wp14:editId="3C2C81EC">
           <wp:extent cx="1490472" cy="585216"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="19" name="Picture 19" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\CA19029\Documents\Brand and Style Rollout\Updated dept logo\TN Dept of Education ColorPMS -«.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -5336,68 +5922,68 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="79F1403F" w14:textId="77777777" w:rsidR="008C2287" w:rsidRDefault="008C2287">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FB431B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6CA43F46"/>
+    <w:tmpl w:val="2D64E11E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -6053,275 +6639,363 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1517496888">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="936475904">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1106384810">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1609657449">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1329364001">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNjI0MjM2NzIxMDE0sjRR0lEKTi0uzszPAykwNK0FAD58ChYtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B043C1"/>
+    <w:rsid w:val="00001E5E"/>
     <w:rsid w:val="00013EDA"/>
     <w:rsid w:val="00015C6D"/>
+    <w:rsid w:val="00021916"/>
     <w:rsid w:val="00025247"/>
     <w:rsid w:val="00025F1E"/>
     <w:rsid w:val="00082277"/>
     <w:rsid w:val="000827FD"/>
+    <w:rsid w:val="00082810"/>
     <w:rsid w:val="000A4C0F"/>
+    <w:rsid w:val="000D7A8B"/>
+    <w:rsid w:val="000E7D7D"/>
     <w:rsid w:val="00100792"/>
     <w:rsid w:val="00101A9B"/>
     <w:rsid w:val="0012065C"/>
     <w:rsid w:val="00134746"/>
+    <w:rsid w:val="00144C53"/>
+    <w:rsid w:val="001638F7"/>
     <w:rsid w:val="00185318"/>
     <w:rsid w:val="001A7167"/>
+    <w:rsid w:val="001E16A0"/>
     <w:rsid w:val="001E5279"/>
     <w:rsid w:val="001F1FEA"/>
     <w:rsid w:val="0021471D"/>
     <w:rsid w:val="00222A0C"/>
+    <w:rsid w:val="00237CE2"/>
     <w:rsid w:val="002439E4"/>
+    <w:rsid w:val="00243BFD"/>
     <w:rsid w:val="002552E4"/>
+    <w:rsid w:val="00256D15"/>
     <w:rsid w:val="00265F01"/>
+    <w:rsid w:val="00296744"/>
     <w:rsid w:val="002B0D02"/>
+    <w:rsid w:val="002B4DB8"/>
+    <w:rsid w:val="002B5CAB"/>
+    <w:rsid w:val="002D264F"/>
+    <w:rsid w:val="002D4E69"/>
     <w:rsid w:val="002E066F"/>
     <w:rsid w:val="002E2084"/>
     <w:rsid w:val="002E7F56"/>
+    <w:rsid w:val="00312F02"/>
     <w:rsid w:val="00313714"/>
     <w:rsid w:val="00316943"/>
+    <w:rsid w:val="00323E18"/>
     <w:rsid w:val="00325460"/>
+    <w:rsid w:val="00326468"/>
     <w:rsid w:val="003426CF"/>
+    <w:rsid w:val="00353FDD"/>
     <w:rsid w:val="00364BE0"/>
     <w:rsid w:val="00380D61"/>
     <w:rsid w:val="00381BBE"/>
+    <w:rsid w:val="00391534"/>
     <w:rsid w:val="003C39C3"/>
     <w:rsid w:val="003E6DC0"/>
     <w:rsid w:val="003F0EB4"/>
+    <w:rsid w:val="00400442"/>
+    <w:rsid w:val="00403B50"/>
     <w:rsid w:val="00404F68"/>
     <w:rsid w:val="00406681"/>
     <w:rsid w:val="00425C99"/>
     <w:rsid w:val="00430F7A"/>
     <w:rsid w:val="004313EE"/>
+    <w:rsid w:val="00441CAB"/>
     <w:rsid w:val="00457E12"/>
     <w:rsid w:val="0046175A"/>
     <w:rsid w:val="0049397A"/>
     <w:rsid w:val="004C0AF4"/>
     <w:rsid w:val="004D7CAC"/>
     <w:rsid w:val="00501CD2"/>
     <w:rsid w:val="00516C76"/>
     <w:rsid w:val="005323C9"/>
+    <w:rsid w:val="005431FA"/>
     <w:rsid w:val="00552872"/>
     <w:rsid w:val="005616B1"/>
+    <w:rsid w:val="00573AD1"/>
     <w:rsid w:val="005873D9"/>
     <w:rsid w:val="00587BDF"/>
+    <w:rsid w:val="005C7E20"/>
     <w:rsid w:val="005D56E7"/>
     <w:rsid w:val="005E6B57"/>
+    <w:rsid w:val="005F2F76"/>
     <w:rsid w:val="00604E53"/>
+    <w:rsid w:val="0060557D"/>
     <w:rsid w:val="00643837"/>
     <w:rsid w:val="00645EF1"/>
     <w:rsid w:val="00656204"/>
     <w:rsid w:val="006609AE"/>
+    <w:rsid w:val="006643EA"/>
+    <w:rsid w:val="006875FE"/>
     <w:rsid w:val="00693556"/>
     <w:rsid w:val="006D266C"/>
     <w:rsid w:val="006E2273"/>
+    <w:rsid w:val="006F0538"/>
     <w:rsid w:val="006F1F38"/>
     <w:rsid w:val="006F2193"/>
     <w:rsid w:val="006F487E"/>
+    <w:rsid w:val="006F7562"/>
     <w:rsid w:val="00706D82"/>
     <w:rsid w:val="007304CE"/>
     <w:rsid w:val="00752F82"/>
     <w:rsid w:val="0078645F"/>
+    <w:rsid w:val="007A4F28"/>
     <w:rsid w:val="007B5019"/>
     <w:rsid w:val="007C2F82"/>
     <w:rsid w:val="007C4631"/>
     <w:rsid w:val="007D74E7"/>
     <w:rsid w:val="007F0CC0"/>
     <w:rsid w:val="007F45BC"/>
     <w:rsid w:val="0080130F"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="008048CE"/>
     <w:rsid w:val="0080597A"/>
     <w:rsid w:val="00807FC5"/>
     <w:rsid w:val="008117B8"/>
     <w:rsid w:val="008156E5"/>
+    <w:rsid w:val="0082143E"/>
+    <w:rsid w:val="00824821"/>
     <w:rsid w:val="00826AA2"/>
+    <w:rsid w:val="00840C19"/>
+    <w:rsid w:val="00840C1C"/>
     <w:rsid w:val="0084168F"/>
+    <w:rsid w:val="00861CF1"/>
+    <w:rsid w:val="00863BD6"/>
     <w:rsid w:val="00870109"/>
     <w:rsid w:val="00871878"/>
     <w:rsid w:val="00881116"/>
+    <w:rsid w:val="00884176"/>
     <w:rsid w:val="008862C3"/>
+    <w:rsid w:val="00886398"/>
+    <w:rsid w:val="008943AC"/>
     <w:rsid w:val="0089763D"/>
+    <w:rsid w:val="008B48DB"/>
     <w:rsid w:val="008B4FC9"/>
     <w:rsid w:val="008C1E03"/>
     <w:rsid w:val="008C2287"/>
     <w:rsid w:val="008C4E04"/>
+    <w:rsid w:val="00911DF3"/>
+    <w:rsid w:val="0092135A"/>
     <w:rsid w:val="009264E5"/>
     <w:rsid w:val="00936B98"/>
+    <w:rsid w:val="009455CD"/>
+    <w:rsid w:val="00947013"/>
     <w:rsid w:val="009476FD"/>
+    <w:rsid w:val="0096392F"/>
     <w:rsid w:val="0096454E"/>
     <w:rsid w:val="00985528"/>
+    <w:rsid w:val="009A19D9"/>
     <w:rsid w:val="009A36FB"/>
     <w:rsid w:val="009B2563"/>
     <w:rsid w:val="009D1611"/>
     <w:rsid w:val="009D2D9C"/>
+    <w:rsid w:val="009E3E4C"/>
+    <w:rsid w:val="00A31439"/>
     <w:rsid w:val="00A3247F"/>
     <w:rsid w:val="00A33D99"/>
+    <w:rsid w:val="00A41EFB"/>
+    <w:rsid w:val="00A45B30"/>
+    <w:rsid w:val="00A523BC"/>
     <w:rsid w:val="00A5316A"/>
+    <w:rsid w:val="00A719FF"/>
+    <w:rsid w:val="00A73EB7"/>
     <w:rsid w:val="00A86902"/>
+    <w:rsid w:val="00AA0658"/>
     <w:rsid w:val="00AC2807"/>
     <w:rsid w:val="00AF3FD0"/>
     <w:rsid w:val="00B024E7"/>
     <w:rsid w:val="00B043C1"/>
+    <w:rsid w:val="00B157E9"/>
     <w:rsid w:val="00B17CD4"/>
     <w:rsid w:val="00B2042C"/>
+    <w:rsid w:val="00B21DF2"/>
+    <w:rsid w:val="00B329F3"/>
+    <w:rsid w:val="00B47E1B"/>
     <w:rsid w:val="00B679ED"/>
     <w:rsid w:val="00B75A41"/>
     <w:rsid w:val="00B80840"/>
     <w:rsid w:val="00BA568E"/>
+    <w:rsid w:val="00BB6DC2"/>
+    <w:rsid w:val="00BE6B9B"/>
+    <w:rsid w:val="00C06A62"/>
+    <w:rsid w:val="00C15635"/>
+    <w:rsid w:val="00C263C0"/>
     <w:rsid w:val="00C308BE"/>
+    <w:rsid w:val="00C33512"/>
     <w:rsid w:val="00C34188"/>
+    <w:rsid w:val="00C477EF"/>
     <w:rsid w:val="00C64773"/>
+    <w:rsid w:val="00C73C47"/>
     <w:rsid w:val="00C763EE"/>
+    <w:rsid w:val="00C83912"/>
     <w:rsid w:val="00C927F0"/>
     <w:rsid w:val="00CA086E"/>
+    <w:rsid w:val="00CA652F"/>
     <w:rsid w:val="00CC1297"/>
+    <w:rsid w:val="00CE0244"/>
     <w:rsid w:val="00CE1BDB"/>
     <w:rsid w:val="00CE21E9"/>
     <w:rsid w:val="00CE433D"/>
+    <w:rsid w:val="00CE6683"/>
     <w:rsid w:val="00D02E3F"/>
     <w:rsid w:val="00D076E8"/>
+    <w:rsid w:val="00D15C84"/>
     <w:rsid w:val="00D21358"/>
     <w:rsid w:val="00D229D5"/>
+    <w:rsid w:val="00D60EF7"/>
     <w:rsid w:val="00D74BD9"/>
     <w:rsid w:val="00D920E4"/>
+    <w:rsid w:val="00DC5601"/>
+    <w:rsid w:val="00DD0D3B"/>
     <w:rsid w:val="00DD385F"/>
+    <w:rsid w:val="00DD609B"/>
+    <w:rsid w:val="00E0135D"/>
     <w:rsid w:val="00E03F01"/>
     <w:rsid w:val="00E15EDC"/>
     <w:rsid w:val="00E25379"/>
+    <w:rsid w:val="00E25EC2"/>
+    <w:rsid w:val="00E45E3D"/>
+    <w:rsid w:val="00E51475"/>
+    <w:rsid w:val="00E6492F"/>
     <w:rsid w:val="00E96F29"/>
     <w:rsid w:val="00EA4ECE"/>
+    <w:rsid w:val="00EC4F10"/>
     <w:rsid w:val="00EE11AC"/>
     <w:rsid w:val="00F1273A"/>
     <w:rsid w:val="00F303C6"/>
     <w:rsid w:val="00F44B2A"/>
     <w:rsid w:val="00F4799C"/>
+    <w:rsid w:val="00F51DE7"/>
     <w:rsid w:val="00F531F8"/>
     <w:rsid w:val="00F5517D"/>
     <w:rsid w:val="00F63C4B"/>
     <w:rsid w:val="00F6624A"/>
+    <w:rsid w:val="00FA5011"/>
     <w:rsid w:val="00FB1D02"/>
     <w:rsid w:val="00FC494A"/>
     <w:rsid w:val="00FD18B8"/>
     <w:rsid w:val="00FD1B47"/>
     <w:rsid w:val="00FD2AC1"/>
     <w:rsid w:val="00FD2FFA"/>
+    <w:rsid w:val="00FD3AB8"/>
     <w:rsid w:val="00FF13B6"/>
     <w:rsid w:val="067B5531"/>
     <w:rsid w:val="2281BEA7"/>
     <w:rsid w:val="40A4D4F0"/>
     <w:rsid w:val="77A6FCB4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4BAF631F"/>
   <w15:docId w15:val="{2FB665E2-A560-4511-B2F8-1FA4E9422C97}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6726,50 +7400,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Document Sub-title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B043C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00082810"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -7217,130 +7912,143 @@
     <w:rsid w:val="006F2193"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00404F68"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A4C0F"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F0CC0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00826AA2"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00082810"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naehcy.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://center.serve.org/nche/ibt/parent_res.php" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nche.ed.gov/parent-resources/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Theme Colors for TDOE">
+    <a:clrScheme name="Custom 30">
       <a:dk1>
         <a:srgbClr val="1B365D"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="6E7073"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="000000"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="174A7C"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="2DCCD3"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="D2D755"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="E87722"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="5D7975"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="0000FF"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Custom 5">
       <a:majorFont>
         <a:latin typeface="Georgia"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
@@ -7509,90 +8217,76 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43b4f82deb528e3c5500b00e0b38b02d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046DD4C04616E81499BC0A04B6F1D12A7" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e2c4f7abd4cdebb816f07b158248775">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xmlns:ns3="88bc45f0-fb64-44cc-bf44-f9f8397c9796" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="537edad3c885e35d4bed0f8acaaa2810" ns2:_="" ns3:_="">
     <xsd:import namespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <xsd:import namespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7623,50 +8317,55 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="eae4be1d-d524-4aa9-85d5-5e42c742cc32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88bc45f0-fb64-44cc-bf44-f9f8397c9796" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -7766,133 +8465,179 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796" xsi:nil="true"/>
+    <SharedWithUsers xmlns="88bc45f0-fb64-44cc-bf44-f9f8397c9796">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB72AE57-BCA8-45E7-A79C-7D06DEF3C3BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6B27B7B-EB11-41FE-92BC-E655280941BC}">
-[...24 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68323CFA-E082-4C80-96B1-C4F9978AC41E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBF85F46-01CB-408C-9E0E-969E315026CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
     <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{876889DA-2484-461E-AB25-BA35332A140B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6B27B7B-EB11-41FE-92BC-E655280941BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="d96adafe-4c63-4b28-85ee-44c0bdde9bbb"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="88bc45f0-fb64-44cc-bf44-f9f8397c9796"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="380bb2a7-dd8a-42b6-b2e4-6f17bbf1b257"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1538</Words>
-  <Characters>8770</Characters>
+  <Words>1624</Words>
+  <Characters>9162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>327</Lines>
+  <Paragraphs>160</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Federal Programs &amp; Oversight</vt:lpstr>
+      <vt:lpstr>McKinney-Vento Housing Questionnaire Form 2021 Final</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Tennessee: Finance &amp; Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10288</CharactersWithSpaces>
+  <CharactersWithSpaces>10626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>524353</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://nche.ed.gov/parent-resources/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>McKinney-Vento Housing Questionnaire Form 2021 Final</dc:title>
   <dc:subject/>
   <dc:creator>Vanessa.Waters@tn.gov</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
@@ -7906,27 +8651,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>2605800</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="GrammarlyDocumentId">
     <vt:lpwstr>b8758ff0ee3ca04d7a74abe4c028c9dd686a8941e2e581a917685c81d25cd579</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>